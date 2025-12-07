--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -144,87 +144,87 @@
   <si>
     <t>Prix</t>
   </si>
   <si>
     <t>Article</t>
   </si>
   <si>
     <t>Référence</t>
   </si>
   <si>
     <t>Exercice 5</t>
   </si>
   <si>
     <t>L'élève est Admis si sa note est supérieure ou égale à 10 et qu'il a rendu son rapport</t>
   </si>
   <si>
     <t>Admis</t>
   </si>
   <si>
     <t>Rapport</t>
   </si>
   <si>
     <t>Exercice 4</t>
   </si>
   <si>
-    <t>EvalExcelID=5373865444</t>
+    <t>EvalExcelID=0075794092</t>
   </si>
   <si>
     <t>J'aime bien le café sauf lorsqu'il est fort.</t>
   </si>
   <si>
     <t>J'aime ?</t>
   </si>
   <si>
     <t>Fort</t>
   </si>
   <si>
     <t>Chaud</t>
   </si>
   <si>
     <t>Exercice 3</t>
   </si>
   <si>
     <t>L'élève est Admis si sa note est supérieure ou égale à 10</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Exercice 2</t>
   </si>
   <si>
     <t>L'avis est "favorable" en-dessous de 10 défauts, "défavorable" à partir de 10 défauts</t>
   </si>
   <si>
     <t>Défauts</t>
   </si>
   <si>
     <t>Exercice 1</t>
   </si>
   <si>
-    <t>1;2</t>
+    <t>1;1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -605,80 +605,278 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:GR201"/>
+  <dimension ref="A1:GR200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C26" sqref="C26"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.08984375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20.81640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="20.81640625" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.36328125" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.453125" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.453125" customWidth="true" style="0"/>
     <col min="7" max="7" width="15.453125" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.453125" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:200" customHeight="1" ht="10">
       <c r="A1" s="15" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="2" spans="1:200" customHeight="1" ht="10">
+    <row r="2" spans="1:200">
+      <c r="B2" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2"/>
+      <c r="K2"/>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2"/>
+      <c r="O2"/>
+      <c r="P2"/>
+      <c r="Q2"/>
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
+      <c r="U2"/>
+      <c r="V2"/>
+      <c r="W2"/>
+      <c r="X2"/>
+      <c r="Y2"/>
+      <c r="Z2"/>
+      <c r="AA2"/>
+      <c r="AB2"/>
+      <c r="AC2"/>
+      <c r="AD2"/>
+      <c r="AE2"/>
+      <c r="AF2"/>
+      <c r="AG2"/>
+      <c r="AH2"/>
+      <c r="AI2"/>
+      <c r="AJ2"/>
+      <c r="AK2"/>
+      <c r="AL2"/>
+      <c r="AM2"/>
+      <c r="AN2"/>
+      <c r="AO2"/>
+      <c r="AP2"/>
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
+      <c r="AT2"/>
+      <c r="AU2"/>
+      <c r="AV2"/>
+      <c r="AW2"/>
+      <c r="AX2"/>
+      <c r="AY2"/>
+      <c r="AZ2"/>
+      <c r="BA2"/>
+      <c r="BB2"/>
+      <c r="BC2"/>
+      <c r="BD2"/>
+      <c r="BE2"/>
+      <c r="BF2"/>
+      <c r="BG2"/>
+      <c r="BH2"/>
+      <c r="BI2"/>
+      <c r="BJ2"/>
+      <c r="BK2"/>
+      <c r="BL2"/>
+      <c r="BM2"/>
+      <c r="BN2"/>
+      <c r="BO2"/>
+      <c r="BP2"/>
+      <c r="BQ2"/>
+      <c r="BR2"/>
+      <c r="BS2"/>
+      <c r="BT2"/>
+      <c r="BU2"/>
+      <c r="BV2"/>
+      <c r="BW2"/>
+      <c r="BX2"/>
+      <c r="BY2"/>
+      <c r="BZ2"/>
+      <c r="CA2"/>
+      <c r="CB2"/>
+      <c r="CC2"/>
+      <c r="CD2"/>
+      <c r="CE2"/>
+      <c r="CF2"/>
+      <c r="CG2"/>
+      <c r="CH2"/>
+      <c r="CI2"/>
+      <c r="CJ2"/>
+      <c r="CK2"/>
+      <c r="CL2"/>
+      <c r="CM2"/>
+      <c r="CN2"/>
+      <c r="CO2"/>
+      <c r="CP2"/>
+      <c r="CQ2"/>
+      <c r="CR2"/>
+      <c r="CS2"/>
+      <c r="CT2"/>
+      <c r="CU2"/>
+      <c r="CV2"/>
+      <c r="CW2"/>
+      <c r="CX2"/>
+      <c r="CY2"/>
+      <c r="CZ2"/>
+      <c r="DA2"/>
+      <c r="DB2"/>
+      <c r="DC2"/>
+      <c r="DD2"/>
+      <c r="DE2"/>
+      <c r="DF2"/>
+      <c r="DG2"/>
+      <c r="DH2"/>
+      <c r="DI2"/>
+      <c r="DJ2"/>
+      <c r="DK2"/>
+      <c r="DL2"/>
+      <c r="DM2"/>
+      <c r="DN2"/>
+      <c r="DO2"/>
+      <c r="DP2"/>
+      <c r="DQ2"/>
+      <c r="DR2"/>
+      <c r="DS2"/>
+      <c r="DT2"/>
+      <c r="DU2"/>
+      <c r="DV2"/>
+      <c r="DW2"/>
+      <c r="DX2"/>
+      <c r="DY2"/>
+      <c r="DZ2"/>
+      <c r="EA2"/>
+      <c r="EB2"/>
+      <c r="EC2"/>
+      <c r="ED2"/>
+      <c r="EE2"/>
+      <c r="EF2"/>
+      <c r="EG2"/>
+      <c r="EH2"/>
+      <c r="EI2"/>
+      <c r="EJ2"/>
+      <c r="EK2"/>
+      <c r="EL2"/>
+      <c r="EM2"/>
+      <c r="EN2"/>
+      <c r="EO2"/>
+      <c r="EP2"/>
+      <c r="EQ2"/>
+      <c r="ER2"/>
+      <c r="ES2"/>
+      <c r="ET2"/>
+      <c r="EU2"/>
+      <c r="EV2"/>
+      <c r="EW2"/>
+      <c r="EX2"/>
+      <c r="EY2"/>
+      <c r="EZ2"/>
+      <c r="FA2"/>
+      <c r="FB2"/>
+      <c r="FC2"/>
+      <c r="FD2"/>
+      <c r="FE2"/>
+      <c r="FF2"/>
+      <c r="FG2"/>
+      <c r="FH2"/>
+      <c r="FI2"/>
+      <c r="FJ2"/>
+      <c r="FK2"/>
+      <c r="FL2"/>
+      <c r="FM2"/>
+      <c r="FN2"/>
+      <c r="FO2"/>
+      <c r="FP2"/>
+      <c r="FQ2"/>
+      <c r="FR2"/>
+      <c r="FS2"/>
+      <c r="FT2"/>
+      <c r="FU2"/>
+      <c r="FV2"/>
+      <c r="FW2"/>
+      <c r="FX2"/>
+      <c r="FY2"/>
+      <c r="FZ2"/>
+      <c r="GA2"/>
+      <c r="GB2"/>
+      <c r="GC2"/>
+      <c r="GD2"/>
+      <c r="GE2"/>
+      <c r="GF2"/>
+      <c r="GG2"/>
+      <c r="GH2"/>
+      <c r="GI2"/>
+      <c r="GJ2"/>
+      <c r="GK2"/>
+      <c r="GL2"/>
+      <c r="GM2"/>
+      <c r="GN2"/>
+      <c r="GO2"/>
+      <c r="GP2"/>
+      <c r="GQ2"/>
       <c r="GR2"/>
     </row>
     <row r="3" spans="1:200">
-      <c r="B3" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B3" s="1"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
@@ -835,52 +1033,56 @@
       <c r="FV3"/>
       <c r="FW3"/>
       <c r="FX3"/>
       <c r="FY3"/>
       <c r="FZ3"/>
       <c r="GA3"/>
       <c r="GB3"/>
       <c r="GC3"/>
       <c r="GD3"/>
       <c r="GE3"/>
       <c r="GF3"/>
       <c r="GG3"/>
       <c r="GH3"/>
       <c r="GI3"/>
       <c r="GJ3"/>
       <c r="GK3"/>
       <c r="GL3"/>
       <c r="GM3"/>
       <c r="GN3"/>
       <c r="GO3"/>
       <c r="GP3"/>
       <c r="GQ3"/>
       <c r="GR3"/>
     </row>
     <row r="4" spans="1:200">
-      <c r="B4" s="1"/>
-      <c r="C4"/>
+      <c r="B4" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>6</v>
+      </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
@@ -1036,56 +1238,54 @@
       <c r="FV4"/>
       <c r="FW4"/>
       <c r="FX4"/>
       <c r="FY4"/>
       <c r="FZ4"/>
       <c r="GA4"/>
       <c r="GB4"/>
       <c r="GC4"/>
       <c r="GD4"/>
       <c r="GE4"/>
       <c r="GF4"/>
       <c r="GG4"/>
       <c r="GH4"/>
       <c r="GI4"/>
       <c r="GJ4"/>
       <c r="GK4"/>
       <c r="GL4"/>
       <c r="GM4"/>
       <c r="GN4"/>
       <c r="GO4"/>
       <c r="GP4"/>
       <c r="GQ4"/>
       <c r="GR4"/>
     </row>
     <row r="5" spans="1:200">
-      <c r="B5" s="1" t="s">
-        <v>53</v>
+      <c r="B5" s="3">
+        <v>5</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C5" s="7"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5"/>
@@ -1241,54 +1441,52 @@
       <c r="FV5"/>
       <c r="FW5"/>
       <c r="FX5"/>
       <c r="FY5"/>
       <c r="FZ5"/>
       <c r="GA5"/>
       <c r="GB5"/>
       <c r="GC5"/>
       <c r="GD5"/>
       <c r="GE5"/>
       <c r="GF5"/>
       <c r="GG5"/>
       <c r="GH5"/>
       <c r="GI5"/>
       <c r="GJ5"/>
       <c r="GK5"/>
       <c r="GL5"/>
       <c r="GM5"/>
       <c r="GN5"/>
       <c r="GO5"/>
       <c r="GP5"/>
       <c r="GQ5"/>
       <c r="GR5"/>
     </row>
     <row r="6" spans="1:200">
-      <c r="B6" s="3">
-[...2 lines deleted...]
-      <c r="C6" s="7"/>
+      <c r="B6" s="3"/>
+      <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6"/>
@@ -1444,51 +1642,53 @@
       <c r="FV6"/>
       <c r="FW6"/>
       <c r="FX6"/>
       <c r="FY6"/>
       <c r="FZ6"/>
       <c r="GA6"/>
       <c r="GB6"/>
       <c r="GC6"/>
       <c r="GD6"/>
       <c r="GE6"/>
       <c r="GF6"/>
       <c r="GG6"/>
       <c r="GH6"/>
       <c r="GI6"/>
       <c r="GJ6"/>
       <c r="GK6"/>
       <c r="GL6"/>
       <c r="GM6"/>
       <c r="GN6"/>
       <c r="GO6"/>
       <c r="GP6"/>
       <c r="GQ6"/>
       <c r="GR6"/>
     </row>
     <row r="7" spans="1:200">
-      <c r="B7" s="3"/>
+      <c r="B7" s="4" t="s">
+        <v>52</v>
+      </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
@@ -1645,53 +1845,51 @@
       <c r="FV7"/>
       <c r="FW7"/>
       <c r="FX7"/>
       <c r="FY7"/>
       <c r="FZ7"/>
       <c r="GA7"/>
       <c r="GB7"/>
       <c r="GC7"/>
       <c r="GD7"/>
       <c r="GE7"/>
       <c r="GF7"/>
       <c r="GG7"/>
       <c r="GH7"/>
       <c r="GI7"/>
       <c r="GJ7"/>
       <c r="GK7"/>
       <c r="GL7"/>
       <c r="GM7"/>
       <c r="GN7"/>
       <c r="GO7"/>
       <c r="GP7"/>
       <c r="GQ7"/>
       <c r="GR7"/>
     </row>
     <row r="8" spans="1:200">
-      <c r="B8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B8" s="3"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
@@ -1848,51 +2046,51 @@
       <c r="FV8"/>
       <c r="FW8"/>
       <c r="FX8"/>
       <c r="FY8"/>
       <c r="FZ8"/>
       <c r="GA8"/>
       <c r="GB8"/>
       <c r="GC8"/>
       <c r="GD8"/>
       <c r="GE8"/>
       <c r="GF8"/>
       <c r="GG8"/>
       <c r="GH8"/>
       <c r="GI8"/>
       <c r="GJ8"/>
       <c r="GK8"/>
       <c r="GL8"/>
       <c r="GM8"/>
       <c r="GN8"/>
       <c r="GO8"/>
       <c r="GP8"/>
       <c r="GQ8"/>
       <c r="GR8"/>
     </row>
     <row r="9" spans="1:200">
-      <c r="B9" s="3"/>
+      <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
@@ -2049,51 +2247,53 @@
       <c r="FV9"/>
       <c r="FW9"/>
       <c r="FX9"/>
       <c r="FY9"/>
       <c r="FZ9"/>
       <c r="GA9"/>
       <c r="GB9"/>
       <c r="GC9"/>
       <c r="GD9"/>
       <c r="GE9"/>
       <c r="GF9"/>
       <c r="GG9"/>
       <c r="GH9"/>
       <c r="GI9"/>
       <c r="GJ9"/>
       <c r="GK9"/>
       <c r="GL9"/>
       <c r="GM9"/>
       <c r="GN9"/>
       <c r="GO9"/>
       <c r="GP9"/>
       <c r="GQ9"/>
       <c r="GR9"/>
     </row>
     <row r="10" spans="1:200">
-      <c r="B10"/>
+      <c r="B10" s="6" t="s">
+        <v>51</v>
+      </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
@@ -2250,53 +2450,51 @@
       <c r="FV10"/>
       <c r="FW10"/>
       <c r="FX10"/>
       <c r="FY10"/>
       <c r="FZ10"/>
       <c r="GA10"/>
       <c r="GB10"/>
       <c r="GC10"/>
       <c r="GD10"/>
       <c r="GE10"/>
       <c r="GF10"/>
       <c r="GG10"/>
       <c r="GH10"/>
       <c r="GI10"/>
       <c r="GJ10"/>
       <c r="GK10"/>
       <c r="GL10"/>
       <c r="GM10"/>
       <c r="GN10"/>
       <c r="GO10"/>
       <c r="GP10"/>
       <c r="GQ10"/>
       <c r="GR10"/>
     </row>
     <row r="11" spans="1:200">
-      <c r="B11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B11" s="1"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
@@ -2453,52 +2651,56 @@
       <c r="FV11"/>
       <c r="FW11"/>
       <c r="FX11"/>
       <c r="FY11"/>
       <c r="FZ11"/>
       <c r="GA11"/>
       <c r="GB11"/>
       <c r="GC11"/>
       <c r="GD11"/>
       <c r="GE11"/>
       <c r="GF11"/>
       <c r="GG11"/>
       <c r="GH11"/>
       <c r="GI11"/>
       <c r="GJ11"/>
       <c r="GK11"/>
       <c r="GL11"/>
       <c r="GM11"/>
       <c r="GN11"/>
       <c r="GO11"/>
       <c r="GP11"/>
       <c r="GQ11"/>
       <c r="GR11"/>
     </row>
     <row r="12" spans="1:200">
-      <c r="B12" s="1"/>
-      <c r="C12"/>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
@@ -2654,56 +2856,54 @@
       <c r="FV12"/>
       <c r="FW12"/>
       <c r="FX12"/>
       <c r="FY12"/>
       <c r="FZ12"/>
       <c r="GA12"/>
       <c r="GB12"/>
       <c r="GC12"/>
       <c r="GD12"/>
       <c r="GE12"/>
       <c r="GF12"/>
       <c r="GG12"/>
       <c r="GH12"/>
       <c r="GI12"/>
       <c r="GJ12"/>
       <c r="GK12"/>
       <c r="GL12"/>
       <c r="GM12"/>
       <c r="GN12"/>
       <c r="GO12"/>
       <c r="GP12"/>
       <c r="GQ12"/>
       <c r="GR12"/>
     </row>
     <row r="13" spans="1:200">
-      <c r="B13" s="1" t="s">
-        <v>50</v>
+      <c r="B13" s="3">
+        <v>9.5</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C13" s="7"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
@@ -2859,54 +3059,52 @@
       <c r="FV13"/>
       <c r="FW13"/>
       <c r="FX13"/>
       <c r="FY13"/>
       <c r="FZ13"/>
       <c r="GA13"/>
       <c r="GB13"/>
       <c r="GC13"/>
       <c r="GD13"/>
       <c r="GE13"/>
       <c r="GF13"/>
       <c r="GG13"/>
       <c r="GH13"/>
       <c r="GI13"/>
       <c r="GJ13"/>
       <c r="GK13"/>
       <c r="GL13"/>
       <c r="GM13"/>
       <c r="GN13"/>
       <c r="GO13"/>
       <c r="GP13"/>
       <c r="GQ13"/>
       <c r="GR13"/>
     </row>
     <row r="14" spans="1:200">
-      <c r="B14" s="3">
-[...2 lines deleted...]
-      <c r="C14" s="7"/>
+      <c r="B14" s="3"/>
+      <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
       <c r="AB14"/>
@@ -3062,51 +3260,53 @@
       <c r="FV14"/>
       <c r="FW14"/>
       <c r="FX14"/>
       <c r="FY14"/>
       <c r="FZ14"/>
       <c r="GA14"/>
       <c r="GB14"/>
       <c r="GC14"/>
       <c r="GD14"/>
       <c r="GE14"/>
       <c r="GF14"/>
       <c r="GG14"/>
       <c r="GH14"/>
       <c r="GI14"/>
       <c r="GJ14"/>
       <c r="GK14"/>
       <c r="GL14"/>
       <c r="GM14"/>
       <c r="GN14"/>
       <c r="GO14"/>
       <c r="GP14"/>
       <c r="GQ14"/>
       <c r="GR14"/>
     </row>
     <row r="15" spans="1:200">
-      <c r="B15" s="3"/>
+      <c r="B15" s="4" t="s">
+        <v>49</v>
+      </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
@@ -3263,53 +3463,51 @@
       <c r="FV15"/>
       <c r="FW15"/>
       <c r="FX15"/>
       <c r="FY15"/>
       <c r="FZ15"/>
       <c r="GA15"/>
       <c r="GB15"/>
       <c r="GC15"/>
       <c r="GD15"/>
       <c r="GE15"/>
       <c r="GF15"/>
       <c r="GG15"/>
       <c r="GH15"/>
       <c r="GI15"/>
       <c r="GJ15"/>
       <c r="GK15"/>
       <c r="GL15"/>
       <c r="GM15"/>
       <c r="GN15"/>
       <c r="GO15"/>
       <c r="GP15"/>
       <c r="GQ15"/>
       <c r="GR15"/>
     </row>
     <row r="16" spans="1:200">
-      <c r="B16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B16" s="3"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
@@ -3466,51 +3664,51 @@
       <c r="FV16"/>
       <c r="FW16"/>
       <c r="FX16"/>
       <c r="FY16"/>
       <c r="FZ16"/>
       <c r="GA16"/>
       <c r="GB16"/>
       <c r="GC16"/>
       <c r="GD16"/>
       <c r="GE16"/>
       <c r="GF16"/>
       <c r="GG16"/>
       <c r="GH16"/>
       <c r="GI16"/>
       <c r="GJ16"/>
       <c r="GK16"/>
       <c r="GL16"/>
       <c r="GM16"/>
       <c r="GN16"/>
       <c r="GO16"/>
       <c r="GP16"/>
       <c r="GQ16"/>
       <c r="GR16"/>
     </row>
     <row r="17" spans="1:200">
-      <c r="B17" s="3"/>
+      <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
@@ -3667,51 +3865,53 @@
       <c r="FV17"/>
       <c r="FW17"/>
       <c r="FX17"/>
       <c r="FY17"/>
       <c r="FZ17"/>
       <c r="GA17"/>
       <c r="GB17"/>
       <c r="GC17"/>
       <c r="GD17"/>
       <c r="GE17"/>
       <c r="GF17"/>
       <c r="GG17"/>
       <c r="GH17"/>
       <c r="GI17"/>
       <c r="GJ17"/>
       <c r="GK17"/>
       <c r="GL17"/>
       <c r="GM17"/>
       <c r="GN17"/>
       <c r="GO17"/>
       <c r="GP17"/>
       <c r="GQ17"/>
       <c r="GR17"/>
     </row>
     <row r="18" spans="1:200">
-      <c r="B18"/>
+      <c r="B18" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
@@ -3868,53 +4068,51 @@
       <c r="FV18"/>
       <c r="FW18"/>
       <c r="FX18"/>
       <c r="FY18"/>
       <c r="FZ18"/>
       <c r="GA18"/>
       <c r="GB18"/>
       <c r="GC18"/>
       <c r="GD18"/>
       <c r="GE18"/>
       <c r="GF18"/>
       <c r="GG18"/>
       <c r="GH18"/>
       <c r="GI18"/>
       <c r="GJ18"/>
       <c r="GK18"/>
       <c r="GL18"/>
       <c r="GM18"/>
       <c r="GN18"/>
       <c r="GO18"/>
       <c r="GP18"/>
       <c r="GQ18"/>
       <c r="GR18"/>
     </row>
     <row r="19" spans="1:200">
-      <c r="B19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19" s="1"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
@@ -4071,53 +4269,59 @@
       <c r="FV19"/>
       <c r="FW19"/>
       <c r="FX19"/>
       <c r="FY19"/>
       <c r="FZ19"/>
       <c r="GA19"/>
       <c r="GB19"/>
       <c r="GC19"/>
       <c r="GD19"/>
       <c r="GE19"/>
       <c r="GF19"/>
       <c r="GG19"/>
       <c r="GH19"/>
       <c r="GI19"/>
       <c r="GJ19"/>
       <c r="GK19"/>
       <c r="GL19"/>
       <c r="GM19"/>
       <c r="GN19"/>
       <c r="GO19"/>
       <c r="GP19"/>
       <c r="GQ19"/>
       <c r="GR19"/>
     </row>
     <row r="20" spans="1:200">
-      <c r="B20" s="1"/>
-[...1 lines deleted...]
-      <c r="D20"/>
+      <c r="B20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
@@ -4272,59 +4476,57 @@
       <c r="FV20"/>
       <c r="FW20"/>
       <c r="FX20"/>
       <c r="FY20"/>
       <c r="FZ20"/>
       <c r="GA20"/>
       <c r="GB20"/>
       <c r="GC20"/>
       <c r="GD20"/>
       <c r="GE20"/>
       <c r="GF20"/>
       <c r="GG20"/>
       <c r="GH20"/>
       <c r="GI20"/>
       <c r="GJ20"/>
       <c r="GK20"/>
       <c r="GL20"/>
       <c r="GM20"/>
       <c r="GN20"/>
       <c r="GO20"/>
       <c r="GP20"/>
       <c r="GQ20"/>
       <c r="GR20"/>
     </row>
     <row r="21" spans="1:200">
-      <c r="B21" s="1" t="s">
-        <v>47</v>
+      <c r="B21" s="3" t="s">
+        <v>17</v>
       </c>
-      <c r="C21" s="1" t="s">
-        <v>46</v>
+      <c r="C21" s="8" t="s">
+        <v>17</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21" s="7"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21"/>
@@ -4479,57 +4681,53 @@
       <c r="FV21"/>
       <c r="FW21"/>
       <c r="FX21"/>
       <c r="FY21"/>
       <c r="FZ21"/>
       <c r="GA21"/>
       <c r="GB21"/>
       <c r="GC21"/>
       <c r="GD21"/>
       <c r="GE21"/>
       <c r="GF21"/>
       <c r="GG21"/>
       <c r="GH21"/>
       <c r="GI21"/>
       <c r="GJ21"/>
       <c r="GK21"/>
       <c r="GL21"/>
       <c r="GM21"/>
       <c r="GN21"/>
       <c r="GO21"/>
       <c r="GP21"/>
       <c r="GQ21"/>
       <c r="GR21"/>
     </row>
     <row r="22" spans="1:200">
-      <c r="B22" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="7"/>
+      <c r="B22" s="3"/>
+      <c r="C22"/>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
@@ -4684,51 +4882,53 @@
       <c r="FV22"/>
       <c r="FW22"/>
       <c r="FX22"/>
       <c r="FY22"/>
       <c r="FZ22"/>
       <c r="GA22"/>
       <c r="GB22"/>
       <c r="GC22"/>
       <c r="GD22"/>
       <c r="GE22"/>
       <c r="GF22"/>
       <c r="GG22"/>
       <c r="GH22"/>
       <c r="GI22"/>
       <c r="GJ22"/>
       <c r="GK22"/>
       <c r="GL22"/>
       <c r="GM22"/>
       <c r="GN22"/>
       <c r="GO22"/>
       <c r="GP22"/>
       <c r="GQ22"/>
       <c r="GR22"/>
     </row>
     <row r="23" spans="1:200">
-      <c r="B23" s="3"/>
+      <c r="B23" s="4" t="s">
+        <v>44</v>
+      </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
@@ -4885,53 +5085,51 @@
       <c r="FV23"/>
       <c r="FW23"/>
       <c r="FX23"/>
       <c r="FY23"/>
       <c r="FZ23"/>
       <c r="GA23"/>
       <c r="GB23"/>
       <c r="GC23"/>
       <c r="GD23"/>
       <c r="GE23"/>
       <c r="GF23"/>
       <c r="GG23"/>
       <c r="GH23"/>
       <c r="GI23"/>
       <c r="GJ23"/>
       <c r="GK23"/>
       <c r="GL23"/>
       <c r="GM23"/>
       <c r="GN23"/>
       <c r="GO23"/>
       <c r="GP23"/>
       <c r="GQ23"/>
       <c r="GR23"/>
     </row>
     <row r="24" spans="1:200">
-      <c r="B24" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B24" s="1"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
@@ -5088,52 +5286,54 @@
       <c r="FV24"/>
       <c r="FW24"/>
       <c r="FX24"/>
       <c r="FY24"/>
       <c r="FZ24"/>
       <c r="GA24"/>
       <c r="GB24"/>
       <c r="GC24"/>
       <c r="GD24"/>
       <c r="GE24"/>
       <c r="GF24"/>
       <c r="GG24"/>
       <c r="GH24"/>
       <c r="GI24"/>
       <c r="GJ24"/>
       <c r="GK24"/>
       <c r="GL24"/>
       <c r="GM24"/>
       <c r="GN24"/>
       <c r="GO24"/>
       <c r="GP24"/>
       <c r="GQ24"/>
       <c r="GR24"/>
     </row>
     <row r="25" spans="1:200">
-      <c r="B25" s="1"/>
-      <c r="C25"/>
+      <c r="B25"/>
+      <c r="C25" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
@@ -5289,54 +5489,54 @@
       <c r="FV25"/>
       <c r="FW25"/>
       <c r="FX25"/>
       <c r="FY25"/>
       <c r="FZ25"/>
       <c r="GA25"/>
       <c r="GB25"/>
       <c r="GC25"/>
       <c r="GD25"/>
       <c r="GE25"/>
       <c r="GF25"/>
       <c r="GG25"/>
       <c r="GH25"/>
       <c r="GI25"/>
       <c r="GJ25"/>
       <c r="GK25"/>
       <c r="GL25"/>
       <c r="GM25"/>
       <c r="GN25"/>
       <c r="GO25"/>
       <c r="GP25"/>
       <c r="GQ25"/>
       <c r="GR25"/>
     </row>
     <row r="26" spans="1:200">
-      <c r="B26"/>
-[...1 lines deleted...]
-        <v>43</v>
+      <c r="B26" s="6" t="s">
+        <v>42</v>
       </c>
+      <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
@@ -5492,53 +5692,51 @@
       <c r="FV26"/>
       <c r="FW26"/>
       <c r="FX26"/>
       <c r="FY26"/>
       <c r="FZ26"/>
       <c r="GA26"/>
       <c r="GB26"/>
       <c r="GC26"/>
       <c r="GD26"/>
       <c r="GE26"/>
       <c r="GF26"/>
       <c r="GG26"/>
       <c r="GH26"/>
       <c r="GI26"/>
       <c r="GJ26"/>
       <c r="GK26"/>
       <c r="GL26"/>
       <c r="GM26"/>
       <c r="GN26"/>
       <c r="GO26"/>
       <c r="GP26"/>
       <c r="GQ26"/>
       <c r="GR26"/>
     </row>
     <row r="27" spans="1:200">
-      <c r="B27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B27" s="1"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
@@ -5695,53 +5893,59 @@
       <c r="FV27"/>
       <c r="FW27"/>
       <c r="FX27"/>
       <c r="FY27"/>
       <c r="FZ27"/>
       <c r="GA27"/>
       <c r="GB27"/>
       <c r="GC27"/>
       <c r="GD27"/>
       <c r="GE27"/>
       <c r="GF27"/>
       <c r="GG27"/>
       <c r="GH27"/>
       <c r="GI27"/>
       <c r="GJ27"/>
       <c r="GK27"/>
       <c r="GL27"/>
       <c r="GM27"/>
       <c r="GN27"/>
       <c r="GO27"/>
       <c r="GP27"/>
       <c r="GQ27"/>
       <c r="GR27"/>
     </row>
     <row r="28" spans="1:200">
-      <c r="B28" s="1"/>
-[...1 lines deleted...]
-      <c r="D28"/>
+      <c r="B28" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
@@ -5896,59 +6100,57 @@
       <c r="FV28"/>
       <c r="FW28"/>
       <c r="FX28"/>
       <c r="FY28"/>
       <c r="FZ28"/>
       <c r="GA28"/>
       <c r="GB28"/>
       <c r="GC28"/>
       <c r="GD28"/>
       <c r="GE28"/>
       <c r="GF28"/>
       <c r="GG28"/>
       <c r="GH28"/>
       <c r="GI28"/>
       <c r="GJ28"/>
       <c r="GK28"/>
       <c r="GL28"/>
       <c r="GM28"/>
       <c r="GN28"/>
       <c r="GO28"/>
       <c r="GP28"/>
       <c r="GQ28"/>
       <c r="GR28"/>
     </row>
     <row r="29" spans="1:200">
-      <c r="B29" s="1" t="s">
-        <v>31</v>
+      <c r="B29" s="1">
+        <v>12</v>
       </c>
-      <c r="C29" s="1" t="s">
-        <v>41</v>
+      <c r="C29" s="3" t="s">
+        <v>17</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D29" s="7"/>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
@@ -6103,57 +6305,53 @@
       <c r="FV29"/>
       <c r="FW29"/>
       <c r="FX29"/>
       <c r="FY29"/>
       <c r="FZ29"/>
       <c r="GA29"/>
       <c r="GB29"/>
       <c r="GC29"/>
       <c r="GD29"/>
       <c r="GE29"/>
       <c r="GF29"/>
       <c r="GG29"/>
       <c r="GH29"/>
       <c r="GI29"/>
       <c r="GJ29"/>
       <c r="GK29"/>
       <c r="GL29"/>
       <c r="GM29"/>
       <c r="GN29"/>
       <c r="GO29"/>
       <c r="GP29"/>
       <c r="GQ29"/>
       <c r="GR29"/>
     </row>
     <row r="30" spans="1:200">
-      <c r="B30" s="1">
-[...5 lines deleted...]
-      <c r="D30" s="7"/>
+      <c r="B30" s="1"/>
+      <c r="C30"/>
+      <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
@@ -6308,51 +6506,53 @@
       <c r="FV30"/>
       <c r="FW30"/>
       <c r="FX30"/>
       <c r="FY30"/>
       <c r="FZ30"/>
       <c r="GA30"/>
       <c r="GB30"/>
       <c r="GC30"/>
       <c r="GD30"/>
       <c r="GE30"/>
       <c r="GF30"/>
       <c r="GG30"/>
       <c r="GH30"/>
       <c r="GI30"/>
       <c r="GJ30"/>
       <c r="GK30"/>
       <c r="GL30"/>
       <c r="GM30"/>
       <c r="GN30"/>
       <c r="GO30"/>
       <c r="GP30"/>
       <c r="GQ30"/>
       <c r="GR30"/>
     </row>
     <row r="31" spans="1:200">
-      <c r="B31" s="1"/>
+      <c r="B31" s="4" t="s">
+        <v>39</v>
+      </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
@@ -6509,53 +6709,51 @@
       <c r="FV31"/>
       <c r="FW31"/>
       <c r="FX31"/>
       <c r="FY31"/>
       <c r="FZ31"/>
       <c r="GA31"/>
       <c r="GB31"/>
       <c r="GC31"/>
       <c r="GD31"/>
       <c r="GE31"/>
       <c r="GF31"/>
       <c r="GG31"/>
       <c r="GH31"/>
       <c r="GI31"/>
       <c r="GJ31"/>
       <c r="GK31"/>
       <c r="GL31"/>
       <c r="GM31"/>
       <c r="GN31"/>
       <c r="GO31"/>
       <c r="GP31"/>
       <c r="GQ31"/>
       <c r="GR31"/>
     </row>
     <row r="32" spans="1:200">
-      <c r="B32" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B32" s="1"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
@@ -6712,51 +6910,51 @@
       <c r="FV32"/>
       <c r="FW32"/>
       <c r="FX32"/>
       <c r="FY32"/>
       <c r="FZ32"/>
       <c r="GA32"/>
       <c r="GB32"/>
       <c r="GC32"/>
       <c r="GD32"/>
       <c r="GE32"/>
       <c r="GF32"/>
       <c r="GG32"/>
       <c r="GH32"/>
       <c r="GI32"/>
       <c r="GJ32"/>
       <c r="GK32"/>
       <c r="GL32"/>
       <c r="GM32"/>
       <c r="GN32"/>
       <c r="GO32"/>
       <c r="GP32"/>
       <c r="GQ32"/>
       <c r="GR32"/>
     </row>
     <row r="33" spans="1:200">
-      <c r="B33" s="1"/>
+      <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
@@ -6913,51 +7111,53 @@
       <c r="FV33"/>
       <c r="FW33"/>
       <c r="FX33"/>
       <c r="FY33"/>
       <c r="FZ33"/>
       <c r="GA33"/>
       <c r="GB33"/>
       <c r="GC33"/>
       <c r="GD33"/>
       <c r="GE33"/>
       <c r="GF33"/>
       <c r="GG33"/>
       <c r="GH33"/>
       <c r="GI33"/>
       <c r="GJ33"/>
       <c r="GK33"/>
       <c r="GL33"/>
       <c r="GM33"/>
       <c r="GN33"/>
       <c r="GO33"/>
       <c r="GP33"/>
       <c r="GQ33"/>
       <c r="GR33"/>
     </row>
     <row r="34" spans="1:200">
-      <c r="B34"/>
+      <c r="B34" s="6" t="s">
+        <v>38</v>
+      </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
@@ -7114,53 +7314,51 @@
       <c r="FV34"/>
       <c r="FW34"/>
       <c r="FX34"/>
       <c r="FY34"/>
       <c r="FZ34"/>
       <c r="GA34"/>
       <c r="GB34"/>
       <c r="GC34"/>
       <c r="GD34"/>
       <c r="GE34"/>
       <c r="GF34"/>
       <c r="GG34"/>
       <c r="GH34"/>
       <c r="GI34"/>
       <c r="GJ34"/>
       <c r="GK34"/>
       <c r="GL34"/>
       <c r="GM34"/>
       <c r="GN34"/>
       <c r="GO34"/>
       <c r="GP34"/>
       <c r="GQ34"/>
       <c r="GR34"/>
     </row>
     <row r="35" spans="1:200">
-      <c r="B35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B35" s="1"/>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
@@ -7317,53 +7515,59 @@
       <c r="FV35"/>
       <c r="FW35"/>
       <c r="FX35"/>
       <c r="FY35"/>
       <c r="FZ35"/>
       <c r="GA35"/>
       <c r="GB35"/>
       <c r="GC35"/>
       <c r="GD35"/>
       <c r="GE35"/>
       <c r="GF35"/>
       <c r="GG35"/>
       <c r="GH35"/>
       <c r="GI35"/>
       <c r="GJ35"/>
       <c r="GK35"/>
       <c r="GL35"/>
       <c r="GM35"/>
       <c r="GN35"/>
       <c r="GO35"/>
       <c r="GP35"/>
       <c r="GQ35"/>
       <c r="GR35"/>
     </row>
     <row r="36" spans="1:200">
-      <c r="B36" s="1"/>
-[...1 lines deleted...]
-      <c r="D36"/>
+      <c r="B36" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>35</v>
+      </c>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
@@ -7519,58 +7723,54 @@
       <c r="FW36"/>
       <c r="FX36"/>
       <c r="FY36"/>
       <c r="FZ36"/>
       <c r="GA36"/>
       <c r="GB36"/>
       <c r="GC36"/>
       <c r="GD36"/>
       <c r="GE36"/>
       <c r="GF36"/>
       <c r="GG36"/>
       <c r="GH36"/>
       <c r="GI36"/>
       <c r="GJ36"/>
       <c r="GK36"/>
       <c r="GL36"/>
       <c r="GM36"/>
       <c r="GN36"/>
       <c r="GO36"/>
       <c r="GP36"/>
       <c r="GQ36"/>
       <c r="GR36"/>
     </row>
     <row r="37" spans="1:200">
       <c r="B37" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C37" s="5"/>
+      <c r="D37" s="9"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
@@ -7725,55 +7925,53 @@
       <c r="FV37"/>
       <c r="FW37"/>
       <c r="FX37"/>
       <c r="FY37"/>
       <c r="FZ37"/>
       <c r="GA37"/>
       <c r="GB37"/>
       <c r="GC37"/>
       <c r="GD37"/>
       <c r="GE37"/>
       <c r="GF37"/>
       <c r="GG37"/>
       <c r="GH37"/>
       <c r="GI37"/>
       <c r="GJ37"/>
       <c r="GK37"/>
       <c r="GL37"/>
       <c r="GM37"/>
       <c r="GN37"/>
       <c r="GO37"/>
       <c r="GP37"/>
       <c r="GQ37"/>
       <c r="GR37"/>
     </row>
     <row r="38" spans="1:200">
-      <c r="B38" s="1" t="s">
-[...3 lines deleted...]
-      <c r="D38" s="9"/>
+      <c r="B38" s="1"/>
+      <c r="C38"/>
+      <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
@@ -7928,51 +8126,53 @@
       <c r="FV38"/>
       <c r="FW38"/>
       <c r="FX38"/>
       <c r="FY38"/>
       <c r="FZ38"/>
       <c r="GA38"/>
       <c r="GB38"/>
       <c r="GC38"/>
       <c r="GD38"/>
       <c r="GE38"/>
       <c r="GF38"/>
       <c r="GG38"/>
       <c r="GH38"/>
       <c r="GI38"/>
       <c r="GJ38"/>
       <c r="GK38"/>
       <c r="GL38"/>
       <c r="GM38"/>
       <c r="GN38"/>
       <c r="GO38"/>
       <c r="GP38"/>
       <c r="GQ38"/>
       <c r="GR38"/>
     </row>
     <row r="39" spans="1:200">
-      <c r="B39" s="1"/>
+      <c r="B39" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
@@ -8129,53 +8329,51 @@
       <c r="FV39"/>
       <c r="FW39"/>
       <c r="FX39"/>
       <c r="FY39"/>
       <c r="FZ39"/>
       <c r="GA39"/>
       <c r="GB39"/>
       <c r="GC39"/>
       <c r="GD39"/>
       <c r="GE39"/>
       <c r="GF39"/>
       <c r="GG39"/>
       <c r="GH39"/>
       <c r="GI39"/>
       <c r="GJ39"/>
       <c r="GK39"/>
       <c r="GL39"/>
       <c r="GM39"/>
       <c r="GN39"/>
       <c r="GO39"/>
       <c r="GP39"/>
       <c r="GQ39"/>
       <c r="GR39"/>
     </row>
     <row r="40" spans="1:200">
-      <c r="B40" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B40" s="1"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
@@ -8332,51 +8530,51 @@
       <c r="FV40"/>
       <c r="FW40"/>
       <c r="FX40"/>
       <c r="FY40"/>
       <c r="FZ40"/>
       <c r="GA40"/>
       <c r="GB40"/>
       <c r="GC40"/>
       <c r="GD40"/>
       <c r="GE40"/>
       <c r="GF40"/>
       <c r="GG40"/>
       <c r="GH40"/>
       <c r="GI40"/>
       <c r="GJ40"/>
       <c r="GK40"/>
       <c r="GL40"/>
       <c r="GM40"/>
       <c r="GN40"/>
       <c r="GO40"/>
       <c r="GP40"/>
       <c r="GQ40"/>
       <c r="GR40"/>
     </row>
     <row r="41" spans="1:200">
-      <c r="B41" s="1"/>
+      <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41"/>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
       <c r="AA41"/>
@@ -8533,51 +8731,53 @@
       <c r="FV41"/>
       <c r="FW41"/>
       <c r="FX41"/>
       <c r="FY41"/>
       <c r="FZ41"/>
       <c r="GA41"/>
       <c r="GB41"/>
       <c r="GC41"/>
       <c r="GD41"/>
       <c r="GE41"/>
       <c r="GF41"/>
       <c r="GG41"/>
       <c r="GH41"/>
       <c r="GI41"/>
       <c r="GJ41"/>
       <c r="GK41"/>
       <c r="GL41"/>
       <c r="GM41"/>
       <c r="GN41"/>
       <c r="GO41"/>
       <c r="GP41"/>
       <c r="GQ41"/>
       <c r="GR41"/>
     </row>
     <row r="42" spans="1:200">
-      <c r="B42"/>
+      <c r="B42" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
@@ -8734,53 +8934,51 @@
       <c r="FV42"/>
       <c r="FW42"/>
       <c r="FX42"/>
       <c r="FY42"/>
       <c r="FZ42"/>
       <c r="GA42"/>
       <c r="GB42"/>
       <c r="GC42"/>
       <c r="GD42"/>
       <c r="GE42"/>
       <c r="GF42"/>
       <c r="GG42"/>
       <c r="GH42"/>
       <c r="GI42"/>
       <c r="GJ42"/>
       <c r="GK42"/>
       <c r="GL42"/>
       <c r="GM42"/>
       <c r="GN42"/>
       <c r="GO42"/>
       <c r="GP42"/>
       <c r="GQ42"/>
       <c r="GR42"/>
     </row>
     <row r="43" spans="1:200">
-      <c r="B43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43"/>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
       <c r="Z43"/>
       <c r="AA43"/>
@@ -8937,52 +9135,56 @@
       <c r="FV43"/>
       <c r="FW43"/>
       <c r="FX43"/>
       <c r="FY43"/>
       <c r="FZ43"/>
       <c r="GA43"/>
       <c r="GB43"/>
       <c r="GC43"/>
       <c r="GD43"/>
       <c r="GE43"/>
       <c r="GF43"/>
       <c r="GG43"/>
       <c r="GH43"/>
       <c r="GI43"/>
       <c r="GJ43"/>
       <c r="GK43"/>
       <c r="GL43"/>
       <c r="GM43"/>
       <c r="GN43"/>
       <c r="GO43"/>
       <c r="GP43"/>
       <c r="GQ43"/>
       <c r="GR43"/>
     </row>
     <row r="44" spans="1:200">
-      <c r="B44"/>
-      <c r="C44"/>
+      <c r="B44" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
@@ -9138,56 +9340,54 @@
       <c r="FV44"/>
       <c r="FW44"/>
       <c r="FX44"/>
       <c r="FY44"/>
       <c r="FZ44"/>
       <c r="GA44"/>
       <c r="GB44"/>
       <c r="GC44"/>
       <c r="GD44"/>
       <c r="GE44"/>
       <c r="GF44"/>
       <c r="GG44"/>
       <c r="GH44"/>
       <c r="GI44"/>
       <c r="GJ44"/>
       <c r="GK44"/>
       <c r="GL44"/>
       <c r="GM44"/>
       <c r="GN44"/>
       <c r="GO44"/>
       <c r="GP44"/>
       <c r="GQ44"/>
       <c r="GR44"/>
     </row>
     <row r="45" spans="1:200">
-      <c r="B45" s="1" t="s">
-        <v>31</v>
+      <c r="B45" s="1">
+        <v>15</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C45" s="7"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
@@ -9343,54 +9543,52 @@
       <c r="FV45"/>
       <c r="FW45"/>
       <c r="FX45"/>
       <c r="FY45"/>
       <c r="FZ45"/>
       <c r="GA45"/>
       <c r="GB45"/>
       <c r="GC45"/>
       <c r="GD45"/>
       <c r="GE45"/>
       <c r="GF45"/>
       <c r="GG45"/>
       <c r="GH45"/>
       <c r="GI45"/>
       <c r="GJ45"/>
       <c r="GK45"/>
       <c r="GL45"/>
       <c r="GM45"/>
       <c r="GN45"/>
       <c r="GO45"/>
       <c r="GP45"/>
       <c r="GQ45"/>
       <c r="GR45"/>
     </row>
     <row r="46" spans="1:200">
-      <c r="B46" s="1">
-[...2 lines deleted...]
-      <c r="C46" s="7"/>
+      <c r="B46" s="1"/>
+      <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46"/>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
       <c r="AA46"/>
       <c r="AB46"/>
@@ -9546,51 +9744,53 @@
       <c r="FV46"/>
       <c r="FW46"/>
       <c r="FX46"/>
       <c r="FY46"/>
       <c r="FZ46"/>
       <c r="GA46"/>
       <c r="GB46"/>
       <c r="GC46"/>
       <c r="GD46"/>
       <c r="GE46"/>
       <c r="GF46"/>
       <c r="GG46"/>
       <c r="GH46"/>
       <c r="GI46"/>
       <c r="GJ46"/>
       <c r="GK46"/>
       <c r="GL46"/>
       <c r="GM46"/>
       <c r="GN46"/>
       <c r="GO46"/>
       <c r="GP46"/>
       <c r="GQ46"/>
       <c r="GR46"/>
     </row>
     <row r="47" spans="1:200">
-      <c r="B47" s="1"/>
+      <c r="B47" s="4" t="s">
+        <v>29</v>
+      </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
       <c r="AA47"/>
@@ -9747,53 +9947,51 @@
       <c r="FV47"/>
       <c r="FW47"/>
       <c r="FX47"/>
       <c r="FY47"/>
       <c r="FZ47"/>
       <c r="GA47"/>
       <c r="GB47"/>
       <c r="GC47"/>
       <c r="GD47"/>
       <c r="GE47"/>
       <c r="GF47"/>
       <c r="GG47"/>
       <c r="GH47"/>
       <c r="GI47"/>
       <c r="GJ47"/>
       <c r="GK47"/>
       <c r="GL47"/>
       <c r="GM47"/>
       <c r="GN47"/>
       <c r="GO47"/>
       <c r="GP47"/>
       <c r="GQ47"/>
       <c r="GR47"/>
     </row>
     <row r="48" spans="1:200">
-      <c r="B48" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
       <c r="Y48"/>
       <c r="Z48"/>
       <c r="AA48"/>
@@ -10151,51 +10349,53 @@
       <c r="FV49"/>
       <c r="FW49"/>
       <c r="FX49"/>
       <c r="FY49"/>
       <c r="FZ49"/>
       <c r="GA49"/>
       <c r="GB49"/>
       <c r="GC49"/>
       <c r="GD49"/>
       <c r="GE49"/>
       <c r="GF49"/>
       <c r="GG49"/>
       <c r="GH49"/>
       <c r="GI49"/>
       <c r="GJ49"/>
       <c r="GK49"/>
       <c r="GL49"/>
       <c r="GM49"/>
       <c r="GN49"/>
       <c r="GO49"/>
       <c r="GP49"/>
       <c r="GQ49"/>
       <c r="GR49"/>
     </row>
     <row r="50" spans="1:200">
-      <c r="B50"/>
+      <c r="B50" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
@@ -10352,53 +10552,51 @@
       <c r="FV50"/>
       <c r="FW50"/>
       <c r="FX50"/>
       <c r="FY50"/>
       <c r="FZ50"/>
       <c r="GA50"/>
       <c r="GB50"/>
       <c r="GC50"/>
       <c r="GD50"/>
       <c r="GE50"/>
       <c r="GF50"/>
       <c r="GG50"/>
       <c r="GH50"/>
       <c r="GI50"/>
       <c r="GJ50"/>
       <c r="GK50"/>
       <c r="GL50"/>
       <c r="GM50"/>
       <c r="GN50"/>
       <c r="GO50"/>
       <c r="GP50"/>
       <c r="GQ50"/>
       <c r="GR50"/>
     </row>
     <row r="51" spans="1:200">
-      <c r="B51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51"/>
       <c r="V51"/>
       <c r="W51"/>
       <c r="X51"/>
       <c r="Y51"/>
       <c r="Z51"/>
       <c r="AA51"/>
@@ -10555,56 +10753,64 @@
       <c r="FV51"/>
       <c r="FW51"/>
       <c r="FX51"/>
       <c r="FY51"/>
       <c r="FZ51"/>
       <c r="GA51"/>
       <c r="GB51"/>
       <c r="GC51"/>
       <c r="GD51"/>
       <c r="GE51"/>
       <c r="GF51"/>
       <c r="GG51"/>
       <c r="GH51"/>
       <c r="GI51"/>
       <c r="GJ51"/>
       <c r="GK51"/>
       <c r="GL51"/>
       <c r="GM51"/>
       <c r="GN51"/>
       <c r="GO51"/>
       <c r="GP51"/>
       <c r="GQ51"/>
       <c r="GR51"/>
     </row>
     <row r="52" spans="1:200">
-      <c r="B52"/>
-[...4 lines deleted...]
-      <c r="G52"/>
+      <c r="B52" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1"/>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
       <c r="AA52"/>
       <c r="AB52"/>
       <c r="AC52"/>
       <c r="AD52"/>
       <c r="AE52"/>
       <c r="AF52"/>
@@ -10756,62 +10962,60 @@
       <c r="FV52"/>
       <c r="FW52"/>
       <c r="FX52"/>
       <c r="FY52"/>
       <c r="FZ52"/>
       <c r="GA52"/>
       <c r="GB52"/>
       <c r="GC52"/>
       <c r="GD52"/>
       <c r="GE52"/>
       <c r="GF52"/>
       <c r="GG52"/>
       <c r="GH52"/>
       <c r="GI52"/>
       <c r="GJ52"/>
       <c r="GK52"/>
       <c r="GL52"/>
       <c r="GM52"/>
       <c r="GN52"/>
       <c r="GO52"/>
       <c r="GP52"/>
       <c r="GQ52"/>
       <c r="GR52"/>
     </row>
     <row r="53" spans="1:200">
-      <c r="B53" s="1" t="s">
-        <v>27</v>
+      <c r="B53" s="3" t="s">
+        <v>17</v>
       </c>
-      <c r="C53" s="1" t="s">
-        <v>26</v>
+      <c r="C53" s="3" t="s">
+        <v>23</v>
       </c>
-      <c r="D53" s="1" t="s">
-        <v>25</v>
+      <c r="D53" s="3" t="s">
+        <v>23</v>
       </c>
-      <c r="E53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E53" s="7"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53"/>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53"/>
       <c r="V53"/>
       <c r="W53"/>
       <c r="X53"/>
       <c r="Y53"/>
       <c r="Z53"/>
       <c r="AA53"/>
       <c r="AB53"/>
       <c r="AC53"/>
       <c r="AD53"/>
@@ -10965,62 +11169,56 @@
       <c r="FV53"/>
       <c r="FW53"/>
       <c r="FX53"/>
       <c r="FY53"/>
       <c r="FZ53"/>
       <c r="GA53"/>
       <c r="GB53"/>
       <c r="GC53"/>
       <c r="GD53"/>
       <c r="GE53"/>
       <c r="GF53"/>
       <c r="GG53"/>
       <c r="GH53"/>
       <c r="GI53"/>
       <c r="GJ53"/>
       <c r="GK53"/>
       <c r="GL53"/>
       <c r="GM53"/>
       <c r="GN53"/>
       <c r="GO53"/>
       <c r="GP53"/>
       <c r="GQ53"/>
       <c r="GR53"/>
     </row>
     <row r="54" spans="1:200">
-      <c r="B54" s="3" t="s">
-[...10 lines deleted...]
-      <c r="G54" s="1"/>
+      <c r="B54"/>
+      <c r="C54"/>
+      <c r="D54"/>
+      <c r="E54"/>
+      <c r="F54"/>
+      <c r="G54"/>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54"/>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54"/>
       <c r="V54"/>
       <c r="W54"/>
       <c r="X54"/>
       <c r="Y54"/>
       <c r="Z54"/>
       <c r="AA54"/>
       <c r="AB54"/>
       <c r="AC54"/>
       <c r="AD54"/>
       <c r="AE54"/>
       <c r="AF54"/>
@@ -11172,51 +11370,53 @@
       <c r="FV54"/>
       <c r="FW54"/>
       <c r="FX54"/>
       <c r="FY54"/>
       <c r="FZ54"/>
       <c r="GA54"/>
       <c r="GB54"/>
       <c r="GC54"/>
       <c r="GD54"/>
       <c r="GE54"/>
       <c r="GF54"/>
       <c r="GG54"/>
       <c r="GH54"/>
       <c r="GI54"/>
       <c r="GJ54"/>
       <c r="GK54"/>
       <c r="GL54"/>
       <c r="GM54"/>
       <c r="GN54"/>
       <c r="GO54"/>
       <c r="GP54"/>
       <c r="GQ54"/>
       <c r="GR54"/>
     </row>
     <row r="55" spans="1:200">
-      <c r="B55"/>
+      <c r="B55" t="s">
+        <v>22</v>
+      </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55"/>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55"/>
       <c r="X55"/>
       <c r="Y55"/>
       <c r="Z55"/>
       <c r="AA55"/>
@@ -11373,53 +11573,51 @@
       <c r="FV55"/>
       <c r="FW55"/>
       <c r="FX55"/>
       <c r="FY55"/>
       <c r="FZ55"/>
       <c r="GA55"/>
       <c r="GB55"/>
       <c r="GC55"/>
       <c r="GD55"/>
       <c r="GE55"/>
       <c r="GF55"/>
       <c r="GG55"/>
       <c r="GH55"/>
       <c r="GI55"/>
       <c r="GJ55"/>
       <c r="GK55"/>
       <c r="GL55"/>
       <c r="GM55"/>
       <c r="GN55"/>
       <c r="GO55"/>
       <c r="GP55"/>
       <c r="GQ55"/>
       <c r="GR55"/>
     </row>
     <row r="56" spans="1:200">
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56"/>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56"/>
       <c r="V56"/>
       <c r="W56"/>
       <c r="X56"/>
       <c r="Y56"/>
       <c r="Z56"/>
       <c r="AA56"/>
@@ -11777,51 +11975,53 @@
       <c r="FV57"/>
       <c r="FW57"/>
       <c r="FX57"/>
       <c r="FY57"/>
       <c r="FZ57"/>
       <c r="GA57"/>
       <c r="GB57"/>
       <c r="GC57"/>
       <c r="GD57"/>
       <c r="GE57"/>
       <c r="GF57"/>
       <c r="GG57"/>
       <c r="GH57"/>
       <c r="GI57"/>
       <c r="GJ57"/>
       <c r="GK57"/>
       <c r="GL57"/>
       <c r="GM57"/>
       <c r="GN57"/>
       <c r="GO57"/>
       <c r="GP57"/>
       <c r="GQ57"/>
       <c r="GR57"/>
     </row>
     <row r="58" spans="1:200">
-      <c r="B58"/>
+      <c r="B58" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58"/>
       <c r="X58"/>
       <c r="Y58"/>
       <c r="Z58"/>
       <c r="AA58"/>
@@ -11978,53 +12178,51 @@
       <c r="FV58"/>
       <c r="FW58"/>
       <c r="FX58"/>
       <c r="FY58"/>
       <c r="FZ58"/>
       <c r="GA58"/>
       <c r="GB58"/>
       <c r="GC58"/>
       <c r="GD58"/>
       <c r="GE58"/>
       <c r="GF58"/>
       <c r="GG58"/>
       <c r="GH58"/>
       <c r="GI58"/>
       <c r="GJ58"/>
       <c r="GK58"/>
       <c r="GL58"/>
       <c r="GM58"/>
       <c r="GN58"/>
       <c r="GO58"/>
       <c r="GP58"/>
       <c r="GQ58"/>
       <c r="GR58"/>
     </row>
     <row r="59" spans="1:200">
-      <c r="B59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59"/>
       <c r="V59"/>
       <c r="W59"/>
       <c r="X59"/>
       <c r="Y59"/>
       <c r="Z59"/>
       <c r="AA59"/>
@@ -12181,56 +12379,62 @@
       <c r="FV59"/>
       <c r="FW59"/>
       <c r="FX59"/>
       <c r="FY59"/>
       <c r="FZ59"/>
       <c r="GA59"/>
       <c r="GB59"/>
       <c r="GC59"/>
       <c r="GD59"/>
       <c r="GE59"/>
       <c r="GF59"/>
       <c r="GG59"/>
       <c r="GH59"/>
       <c r="GI59"/>
       <c r="GJ59"/>
       <c r="GK59"/>
       <c r="GL59"/>
       <c r="GM59"/>
       <c r="GN59"/>
       <c r="GO59"/>
       <c r="GP59"/>
       <c r="GQ59"/>
       <c r="GR59"/>
     </row>
     <row r="60" spans="1:200">
-      <c r="B60"/>
-[...4 lines deleted...]
-      <c r="G60"/>
+      <c r="B60" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1"/>
       <c r="H60"/>
       <c r="I60"/>
       <c r="J60"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60"/>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60"/>
       <c r="V60"/>
       <c r="W60"/>
       <c r="X60"/>
       <c r="Y60"/>
       <c r="Z60"/>
       <c r="AA60"/>
       <c r="AB60"/>
       <c r="AC60"/>
       <c r="AD60"/>
       <c r="AE60"/>
       <c r="AF60"/>
@@ -12382,59 +12586,57 @@
       <c r="FV60"/>
       <c r="FW60"/>
       <c r="FX60"/>
       <c r="FY60"/>
       <c r="FZ60"/>
       <c r="GA60"/>
       <c r="GB60"/>
       <c r="GC60"/>
       <c r="GD60"/>
       <c r="GE60"/>
       <c r="GF60"/>
       <c r="GG60"/>
       <c r="GH60"/>
       <c r="GI60"/>
       <c r="GJ60"/>
       <c r="GK60"/>
       <c r="GL60"/>
       <c r="GM60"/>
       <c r="GN60"/>
       <c r="GO60"/>
       <c r="GP60"/>
       <c r="GQ60"/>
       <c r="GR60"/>
     </row>
     <row r="61" spans="1:200">
-      <c r="B61" s="1" t="s">
-        <v>20</v>
+      <c r="B61" s="3" t="s">
+        <v>17</v>
       </c>
-      <c r="C61" s="1" t="s">
-        <v>19</v>
+      <c r="C61" s="3" t="s">
+        <v>17</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61" s="7"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61"/>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61"/>
       <c r="V61"/>
       <c r="W61"/>
       <c r="X61"/>
       <c r="Y61"/>
       <c r="Z61"/>
       <c r="AA61"/>
       <c r="AB61"/>
       <c r="AC61"/>
@@ -12589,60 +12791,56 @@
       <c r="FV61"/>
       <c r="FW61"/>
       <c r="FX61"/>
       <c r="FY61"/>
       <c r="FZ61"/>
       <c r="GA61"/>
       <c r="GB61"/>
       <c r="GC61"/>
       <c r="GD61"/>
       <c r="GE61"/>
       <c r="GF61"/>
       <c r="GG61"/>
       <c r="GH61"/>
       <c r="GI61"/>
       <c r="GJ61"/>
       <c r="GK61"/>
       <c r="GL61"/>
       <c r="GM61"/>
       <c r="GN61"/>
       <c r="GO61"/>
       <c r="GP61"/>
       <c r="GQ61"/>
       <c r="GR61"/>
     </row>
     <row r="62" spans="1:200">
-      <c r="B62" s="3" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1"/>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+      <c r="F62"/>
+      <c r="G62"/>
       <c r="H62"/>
       <c r="I62"/>
       <c r="J62"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62"/>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62"/>
       <c r="V62"/>
       <c r="W62"/>
       <c r="X62"/>
       <c r="Y62"/>
       <c r="Z62"/>
       <c r="AA62"/>
       <c r="AB62"/>
       <c r="AC62"/>
       <c r="AD62"/>
       <c r="AE62"/>
       <c r="AF62"/>
@@ -12794,51 +12992,53 @@
       <c r="FV62"/>
       <c r="FW62"/>
       <c r="FX62"/>
       <c r="FY62"/>
       <c r="FZ62"/>
       <c r="GA62"/>
       <c r="GB62"/>
       <c r="GC62"/>
       <c r="GD62"/>
       <c r="GE62"/>
       <c r="GF62"/>
       <c r="GG62"/>
       <c r="GH62"/>
       <c r="GI62"/>
       <c r="GJ62"/>
       <c r="GK62"/>
       <c r="GL62"/>
       <c r="GM62"/>
       <c r="GN62"/>
       <c r="GO62"/>
       <c r="GP62"/>
       <c r="GQ62"/>
       <c r="GR62"/>
     </row>
     <row r="63" spans="1:200">
-      <c r="B63"/>
+      <c r="B63" t="s">
+        <v>16</v>
+      </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63"/>
       <c r="V63"/>
       <c r="W63"/>
       <c r="X63"/>
       <c r="Y63"/>
       <c r="Z63"/>
       <c r="AA63"/>
@@ -12995,53 +13195,51 @@
       <c r="FV63"/>
       <c r="FW63"/>
       <c r="FX63"/>
       <c r="FY63"/>
       <c r="FZ63"/>
       <c r="GA63"/>
       <c r="GB63"/>
       <c r="GC63"/>
       <c r="GD63"/>
       <c r="GE63"/>
       <c r="GF63"/>
       <c r="GG63"/>
       <c r="GH63"/>
       <c r="GI63"/>
       <c r="GJ63"/>
       <c r="GK63"/>
       <c r="GL63"/>
       <c r="GM63"/>
       <c r="GN63"/>
       <c r="GO63"/>
       <c r="GP63"/>
       <c r="GQ63"/>
       <c r="GR63"/>
     </row>
     <row r="64" spans="1:200">
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
       <c r="AA64"/>
@@ -13399,51 +13597,53 @@
       <c r="FV65"/>
       <c r="FW65"/>
       <c r="FX65"/>
       <c r="FY65"/>
       <c r="FZ65"/>
       <c r="GA65"/>
       <c r="GB65"/>
       <c r="GC65"/>
       <c r="GD65"/>
       <c r="GE65"/>
       <c r="GF65"/>
       <c r="GG65"/>
       <c r="GH65"/>
       <c r="GI65"/>
       <c r="GJ65"/>
       <c r="GK65"/>
       <c r="GL65"/>
       <c r="GM65"/>
       <c r="GN65"/>
       <c r="GO65"/>
       <c r="GP65"/>
       <c r="GQ65"/>
       <c r="GR65"/>
     </row>
     <row r="66" spans="1:200">
-      <c r="B66"/>
+      <c r="B66" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
       <c r="I66"/>
       <c r="J66"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
       <c r="W66"/>
       <c r="X66"/>
       <c r="Y66"/>
       <c r="Z66"/>
       <c r="AA66"/>
@@ -13600,53 +13800,51 @@
       <c r="FV66"/>
       <c r="FW66"/>
       <c r="FX66"/>
       <c r="FY66"/>
       <c r="FZ66"/>
       <c r="GA66"/>
       <c r="GB66"/>
       <c r="GC66"/>
       <c r="GD66"/>
       <c r="GE66"/>
       <c r="GF66"/>
       <c r="GG66"/>
       <c r="GH66"/>
       <c r="GI66"/>
       <c r="GJ66"/>
       <c r="GK66"/>
       <c r="GL66"/>
       <c r="GM66"/>
       <c r="GN66"/>
       <c r="GO66"/>
       <c r="GP66"/>
       <c r="GQ66"/>
       <c r="GR66"/>
     </row>
     <row r="67" spans="1:200">
-      <c r="B67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67"/>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67"/>
       <c r="V67"/>
       <c r="W67"/>
       <c r="X67"/>
       <c r="Y67"/>
       <c r="Z67"/>
       <c r="AA67"/>
@@ -13803,59 +14001,77 @@
       <c r="FV67"/>
       <c r="FW67"/>
       <c r="FX67"/>
       <c r="FY67"/>
       <c r="FZ67"/>
       <c r="GA67"/>
       <c r="GB67"/>
       <c r="GC67"/>
       <c r="GD67"/>
       <c r="GE67"/>
       <c r="GF67"/>
       <c r="GG67"/>
       <c r="GH67"/>
       <c r="GI67"/>
       <c r="GJ67"/>
       <c r="GK67"/>
       <c r="GL67"/>
       <c r="GM67"/>
       <c r="GN67"/>
       <c r="GO67"/>
       <c r="GP67"/>
       <c r="GQ67"/>
       <c r="GR67"/>
     </row>
     <row r="68" spans="1:200">
-      <c r="B68"/>
-[...7 lines deleted...]
-      <c r="J68"/>
+      <c r="B68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>6</v>
+      </c>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68"/>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68"/>
       <c r="V68"/>
       <c r="W68"/>
       <c r="X68"/>
       <c r="Y68"/>
       <c r="Z68"/>
       <c r="AA68"/>
       <c r="AB68"/>
       <c r="AC68"/>
       <c r="AD68"/>
       <c r="AE68"/>
       <c r="AF68"/>
       <c r="AG68"/>
       <c r="AH68"/>
       <c r="AI68"/>
@@ -14004,77 +14220,69 @@
       <c r="FV68"/>
       <c r="FW68"/>
       <c r="FX68"/>
       <c r="FY68"/>
       <c r="FZ68"/>
       <c r="GA68"/>
       <c r="GB68"/>
       <c r="GC68"/>
       <c r="GD68"/>
       <c r="GE68"/>
       <c r="GF68"/>
       <c r="GG68"/>
       <c r="GH68"/>
       <c r="GI68"/>
       <c r="GJ68"/>
       <c r="GK68"/>
       <c r="GL68"/>
       <c r="GM68"/>
       <c r="GN68"/>
       <c r="GO68"/>
       <c r="GP68"/>
       <c r="GQ68"/>
       <c r="GR68"/>
     </row>
     <row r="69" spans="1:200">
-      <c r="B69" s="1" t="s">
-        <v>14</v>
+      <c r="B69" t="s">
+        <v>5</v>
       </c>
-      <c r="C69" s="1" t="s">
-        <v>13</v>
+      <c r="C69">
+        <v>200</v>
       </c>
-      <c r="D69" s="1" t="s">
-        <v>12</v>
+      <c r="D69">
+        <v>23.36</v>
       </c>
-      <c r="E69" s="1" t="s">
-        <v>11</v>
+      <c r="E69">
+        <v>25</v>
       </c>
-      <c r="F69" s="1" t="s">
-        <v>10</v>
+      <c r="F69" s="9"/>
+      <c r="G69" s="14"/>
+      <c r="H69">
+        <v>20</v>
       </c>
-      <c r="G69" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I69" s="9"/>
+      <c r="J69" s="7"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69"/>
       <c r="V69"/>
       <c r="W69"/>
       <c r="X69"/>
       <c r="Y69"/>
       <c r="Z69"/>
       <c r="AA69"/>
       <c r="AB69"/>
       <c r="AC69"/>
       <c r="AD69"/>
       <c r="AE69"/>
       <c r="AF69"/>
       <c r="AG69"/>
       <c r="AH69"/>
       <c r="AI69"/>
@@ -14223,69 +14431,59 @@
       <c r="FV69"/>
       <c r="FW69"/>
       <c r="FX69"/>
       <c r="FY69"/>
       <c r="FZ69"/>
       <c r="GA69"/>
       <c r="GB69"/>
       <c r="GC69"/>
       <c r="GD69"/>
       <c r="GE69"/>
       <c r="GF69"/>
       <c r="GG69"/>
       <c r="GH69"/>
       <c r="GI69"/>
       <c r="GJ69"/>
       <c r="GK69"/>
       <c r="GL69"/>
       <c r="GM69"/>
       <c r="GN69"/>
       <c r="GO69"/>
       <c r="GP69"/>
       <c r="GQ69"/>
       <c r="GR69"/>
     </row>
     <row r="70" spans="1:200">
-      <c r="B70" t="s">
-[...17 lines deleted...]
-      <c r="J70" s="7"/>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+      <c r="G70"/>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70"/>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70"/>
       <c r="V70"/>
       <c r="W70"/>
       <c r="X70"/>
       <c r="Y70"/>
       <c r="Z70"/>
       <c r="AA70"/>
       <c r="AB70"/>
       <c r="AC70"/>
       <c r="AD70"/>
       <c r="AE70"/>
       <c r="AF70"/>
       <c r="AG70"/>
       <c r="AH70"/>
       <c r="AI70"/>
@@ -14434,51 +14632,53 @@
       <c r="FV70"/>
       <c r="FW70"/>
       <c r="FX70"/>
       <c r="FY70"/>
       <c r="FZ70"/>
       <c r="GA70"/>
       <c r="GB70"/>
       <c r="GC70"/>
       <c r="GD70"/>
       <c r="GE70"/>
       <c r="GF70"/>
       <c r="GG70"/>
       <c r="GH70"/>
       <c r="GI70"/>
       <c r="GJ70"/>
       <c r="GK70"/>
       <c r="GL70"/>
       <c r="GM70"/>
       <c r="GN70"/>
       <c r="GO70"/>
       <c r="GP70"/>
       <c r="GQ70"/>
       <c r="GR70"/>
     </row>
     <row r="71" spans="1:200">
-      <c r="B71"/>
+      <c r="B71" t="s">
+        <v>4</v>
+      </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71"/>
       <c r="V71"/>
       <c r="W71"/>
       <c r="X71"/>
       <c r="Y71"/>
       <c r="Z71"/>
       <c r="AA71"/>
@@ -14635,53 +14835,51 @@
       <c r="FV71"/>
       <c r="FW71"/>
       <c r="FX71"/>
       <c r="FY71"/>
       <c r="FZ71"/>
       <c r="GA71"/>
       <c r="GB71"/>
       <c r="GC71"/>
       <c r="GD71"/>
       <c r="GE71"/>
       <c r="GF71"/>
       <c r="GG71"/>
       <c r="GH71"/>
       <c r="GI71"/>
       <c r="GJ71"/>
       <c r="GK71"/>
       <c r="GL71"/>
       <c r="GM71"/>
       <c r="GN71"/>
       <c r="GO71"/>
       <c r="GP71"/>
       <c r="GQ71"/>
       <c r="GR71"/>
     </row>
     <row r="72" spans="1:200">
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72"/>
       <c r="V72"/>
       <c r="W72"/>
       <c r="X72"/>
       <c r="Y72"/>
       <c r="Z72"/>
       <c r="AA72"/>
@@ -15039,51 +15237,53 @@
       <c r="FV73"/>
       <c r="FW73"/>
       <c r="FX73"/>
       <c r="FY73"/>
       <c r="FZ73"/>
       <c r="GA73"/>
       <c r="GB73"/>
       <c r="GC73"/>
       <c r="GD73"/>
       <c r="GE73"/>
       <c r="GF73"/>
       <c r="GG73"/>
       <c r="GH73"/>
       <c r="GI73"/>
       <c r="GJ73"/>
       <c r="GK73"/>
       <c r="GL73"/>
       <c r="GM73"/>
       <c r="GN73"/>
       <c r="GO73"/>
       <c r="GP73"/>
       <c r="GQ73"/>
       <c r="GR73"/>
     </row>
     <row r="74" spans="1:200">
-      <c r="B74"/>
+      <c r="B74" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74"/>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74"/>
       <c r="V74"/>
       <c r="W74"/>
       <c r="X74"/>
       <c r="Y74"/>
       <c r="Z74"/>
       <c r="AA74"/>
@@ -15240,53 +15440,51 @@
       <c r="FV74"/>
       <c r="FW74"/>
       <c r="FX74"/>
       <c r="FY74"/>
       <c r="FZ74"/>
       <c r="GA74"/>
       <c r="GB74"/>
       <c r="GC74"/>
       <c r="GD74"/>
       <c r="GE74"/>
       <c r="GF74"/>
       <c r="GG74"/>
       <c r="GH74"/>
       <c r="GI74"/>
       <c r="GJ74"/>
       <c r="GK74"/>
       <c r="GL74"/>
       <c r="GM74"/>
       <c r="GN74"/>
       <c r="GO74"/>
       <c r="GP74"/>
       <c r="GQ74"/>
       <c r="GR74"/>
     </row>
     <row r="75" spans="1:200">
-      <c r="B75" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75"/>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75"/>
       <c r="V75"/>
       <c r="W75"/>
       <c r="X75"/>
       <c r="Y75"/>
       <c r="Z75"/>
       <c r="AA75"/>
@@ -15443,58 +15641,62 @@
       <c r="FV75"/>
       <c r="FW75"/>
       <c r="FX75"/>
       <c r="FY75"/>
       <c r="FZ75"/>
       <c r="GA75"/>
       <c r="GB75"/>
       <c r="GC75"/>
       <c r="GD75"/>
       <c r="GE75"/>
       <c r="GF75"/>
       <c r="GG75"/>
       <c r="GH75"/>
       <c r="GI75"/>
       <c r="GJ75"/>
       <c r="GK75"/>
       <c r="GL75"/>
       <c r="GM75"/>
       <c r="GN75"/>
       <c r="GO75"/>
       <c r="GP75"/>
       <c r="GQ75"/>
       <c r="GR75"/>
     </row>
     <row r="76" spans="1:200">
-      <c r="B76"/>
-      <c r="C76"/>
+      <c r="B76" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>1</v>
+      </c>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
-      <c r="G76"/>
-[...1 lines deleted...]
-      <c r="I76"/>
+      <c r="G76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="1"/>
       <c r="J76"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76"/>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76"/>
       <c r="V76"/>
       <c r="W76"/>
       <c r="X76"/>
       <c r="Y76"/>
       <c r="Z76"/>
       <c r="AA76"/>
       <c r="AB76"/>
       <c r="AC76"/>
       <c r="AD76"/>
       <c r="AE76"/>
       <c r="AF76"/>
       <c r="AG76"/>
       <c r="AH76"/>
@@ -15644,62 +15846,60 @@
       <c r="FV76"/>
       <c r="FW76"/>
       <c r="FX76"/>
       <c r="FY76"/>
       <c r="FZ76"/>
       <c r="GA76"/>
       <c r="GB76"/>
       <c r="GC76"/>
       <c r="GD76"/>
       <c r="GE76"/>
       <c r="GF76"/>
       <c r="GG76"/>
       <c r="GH76"/>
       <c r="GI76"/>
       <c r="GJ76"/>
       <c r="GK76"/>
       <c r="GL76"/>
       <c r="GM76"/>
       <c r="GN76"/>
       <c r="GO76"/>
       <c r="GP76"/>
       <c r="GQ76"/>
       <c r="GR76"/>
     </row>
     <row r="77" spans="1:200">
-      <c r="B77" s="1" t="s">
-        <v>2</v>
+      <c r="B77" s="13">
+        <v>42000</v>
       </c>
-      <c r="C77" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C77" s="11"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
-      <c r="G77" s="1"/>
-[...1 lines deleted...]
-      <c r="I77" s="1"/>
+      <c r="G77"/>
+      <c r="H77" s="12"/>
+      <c r="I77"/>
       <c r="J77"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77"/>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77"/>
       <c r="V77"/>
       <c r="W77"/>
       <c r="X77"/>
       <c r="Y77"/>
       <c r="Z77"/>
       <c r="AA77"/>
       <c r="AB77"/>
       <c r="AC77"/>
       <c r="AD77"/>
       <c r="AE77"/>
       <c r="AF77"/>
       <c r="AG77"/>
       <c r="AH77"/>
@@ -15849,59 +16049,57 @@
       <c r="FV77"/>
       <c r="FW77"/>
       <c r="FX77"/>
       <c r="FY77"/>
       <c r="FZ77"/>
       <c r="GA77"/>
       <c r="GB77"/>
       <c r="GC77"/>
       <c r="GD77"/>
       <c r="GE77"/>
       <c r="GF77"/>
       <c r="GG77"/>
       <c r="GH77"/>
       <c r="GI77"/>
       <c r="GJ77"/>
       <c r="GK77"/>
       <c r="GL77"/>
       <c r="GM77"/>
       <c r="GN77"/>
       <c r="GO77"/>
       <c r="GP77"/>
       <c r="GQ77"/>
       <c r="GR77"/>
     </row>
     <row r="78" spans="1:200">
-      <c r="B78" s="13">
-[...2 lines deleted...]
-      <c r="C78" s="11"/>
+      <c r="B78"/>
+      <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78"/>
-      <c r="H78" s="12"/>
+      <c r="H78"/>
       <c r="I78"/>
       <c r="J78"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78"/>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78"/>
       <c r="V78"/>
       <c r="W78"/>
       <c r="X78"/>
       <c r="Y78"/>
       <c r="Z78"/>
       <c r="AA78"/>
       <c r="AB78"/>
       <c r="AC78"/>
       <c r="AD78"/>
       <c r="AE78"/>
       <c r="AF78"/>
       <c r="AG78"/>
@@ -16052,51 +16250,53 @@
       <c r="FV78"/>
       <c r="FW78"/>
       <c r="FX78"/>
       <c r="FY78"/>
       <c r="FZ78"/>
       <c r="GA78"/>
       <c r="GB78"/>
       <c r="GC78"/>
       <c r="GD78"/>
       <c r="GE78"/>
       <c r="GF78"/>
       <c r="GG78"/>
       <c r="GH78"/>
       <c r="GI78"/>
       <c r="GJ78"/>
       <c r="GK78"/>
       <c r="GL78"/>
       <c r="GM78"/>
       <c r="GN78"/>
       <c r="GO78"/>
       <c r="GP78"/>
       <c r="GQ78"/>
       <c r="GR78"/>
     </row>
     <row r="79" spans="1:200">
-      <c r="B79"/>
+      <c r="B79" t="s">
+        <v>0</v>
+      </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79"/>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79"/>
       <c r="V79"/>
       <c r="W79"/>
       <c r="X79"/>
       <c r="Y79"/>
       <c r="Z79"/>
       <c r="AA79"/>
@@ -16253,53 +16453,51 @@
       <c r="FV79"/>
       <c r="FW79"/>
       <c r="FX79"/>
       <c r="FY79"/>
       <c r="FZ79"/>
       <c r="GA79"/>
       <c r="GB79"/>
       <c r="GC79"/>
       <c r="GD79"/>
       <c r="GE79"/>
       <c r="GF79"/>
       <c r="GG79"/>
       <c r="GH79"/>
       <c r="GI79"/>
       <c r="GJ79"/>
       <c r="GK79"/>
       <c r="GL79"/>
       <c r="GM79"/>
       <c r="GN79"/>
       <c r="GO79"/>
       <c r="GP79"/>
       <c r="GQ79"/>
       <c r="GR79"/>
     </row>
     <row r="80" spans="1:200">
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80"/>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80"/>
       <c r="V80"/>
       <c r="W80"/>
       <c r="X80"/>
       <c r="Y80"/>
       <c r="Z80"/>
       <c r="AA80"/>
@@ -40575,251 +40773,50 @@
       <c r="FU200"/>
       <c r="FV200"/>
       <c r="FW200"/>
       <c r="FX200"/>
       <c r="FY200"/>
       <c r="FZ200"/>
       <c r="GA200"/>
       <c r="GB200"/>
       <c r="GC200"/>
       <c r="GD200"/>
       <c r="GE200"/>
       <c r="GF200"/>
       <c r="GG200"/>
       <c r="GH200"/>
       <c r="GI200"/>
       <c r="GJ200"/>
       <c r="GK200"/>
       <c r="GL200"/>
       <c r="GM200"/>
       <c r="GN200"/>
       <c r="GO200"/>
       <c r="GP200"/>
       <c r="GQ200"/>
       <c r="GR200"/>
     </row>
-    <row r="201" spans="1:200">
-[...199 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>