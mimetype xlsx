--- v1 (2025-12-07)
+++ v2 (2026-03-08)
@@ -144,87 +144,87 @@
   <si>
     <t>Prix</t>
   </si>
   <si>
     <t>Article</t>
   </si>
   <si>
     <t>Référence</t>
   </si>
   <si>
     <t>Exercice 5</t>
   </si>
   <si>
     <t>L'élève est Admis si sa note est supérieure ou égale à 10 et qu'il a rendu son rapport</t>
   </si>
   <si>
     <t>Admis</t>
   </si>
   <si>
     <t>Rapport</t>
   </si>
   <si>
     <t>Exercice 4</t>
   </si>
   <si>
-    <t>EvalExcelID=0075794092</t>
+    <t>EvalExcelID=1201886852</t>
   </si>
   <si>
     <t>J'aime bien le café sauf lorsqu'il est fort.</t>
   </si>
   <si>
     <t>J'aime ?</t>
   </si>
   <si>
     <t>Fort</t>
   </si>
   <si>
     <t>Chaud</t>
   </si>
   <si>
     <t>Exercice 3</t>
   </si>
   <si>
     <t>L'élève est Admis si sa note est supérieure ou égale à 10</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Exercice 2</t>
   </si>
   <si>
     <t>L'avis est "favorable" en-dessous de 10 défauts, "défavorable" à partir de 10 défauts</t>
   </si>
   <si>
     <t>Défauts</t>
   </si>
   <si>
     <t>Exercice 1</t>
   </si>
   <si>
-    <t>1;1</t>
+    <t>2;1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -605,78 +605,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:GR200"/>
+  <dimension ref="A1:GS200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.08984375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="2" max="2" width="20.81640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="20.81640625" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.36328125" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.453125" customWidth="true" style="0"/>
+    <col min="4" max="4" width="20.81640625" customWidth="true" style="0"/>
+    <col min="5" max="5" width="19.36328125" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.453125" customWidth="true" style="0"/>
     <col min="7" max="7" width="15.453125" customWidth="true" style="0"/>
-    <col min="9" max="9" width="16.453125" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.453125" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.453125" customWidth="true" style="0"/>
+    <col min="2" max="2" width="2" customWidth="true" style="0"/>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:200" customHeight="1" ht="10">
+    <row r="1" spans="1:201" customHeight="1" ht="10">
       <c r="A1" s="15" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="2" spans="1:200">
-      <c r="B2" s="6" t="s">
+    <row r="2" spans="1:201">
+      <c r="C2" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
@@ -830,54 +830,54 @@
       <c r="FT2"/>
       <c r="FU2"/>
       <c r="FV2"/>
       <c r="FW2"/>
       <c r="FX2"/>
       <c r="FY2"/>
       <c r="FZ2"/>
       <c r="GA2"/>
       <c r="GB2"/>
       <c r="GC2"/>
       <c r="GD2"/>
       <c r="GE2"/>
       <c r="GF2"/>
       <c r="GG2"/>
       <c r="GH2"/>
       <c r="GI2"/>
       <c r="GJ2"/>
       <c r="GK2"/>
       <c r="GL2"/>
       <c r="GM2"/>
       <c r="GN2"/>
       <c r="GO2"/>
       <c r="GP2"/>
       <c r="GQ2"/>
       <c r="GR2"/>
+      <c r="GS2"/>
     </row>
-    <row r="3" spans="1:200">
-[...1 lines deleted...]
-      <c r="C3"/>
+    <row r="3" spans="1:201">
+      <c r="C3" s="1"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3"/>
@@ -1031,59 +1031,59 @@
       <c r="FT3"/>
       <c r="FU3"/>
       <c r="FV3"/>
       <c r="FW3"/>
       <c r="FX3"/>
       <c r="FY3"/>
       <c r="FZ3"/>
       <c r="GA3"/>
       <c r="GB3"/>
       <c r="GC3"/>
       <c r="GD3"/>
       <c r="GE3"/>
       <c r="GF3"/>
       <c r="GG3"/>
       <c r="GH3"/>
       <c r="GI3"/>
       <c r="GJ3"/>
       <c r="GK3"/>
       <c r="GL3"/>
       <c r="GM3"/>
       <c r="GN3"/>
       <c r="GO3"/>
       <c r="GP3"/>
       <c r="GQ3"/>
       <c r="GR3"/>
+      <c r="GS3"/>
     </row>
-    <row r="4" spans="1:200">
-      <c r="B4" s="1" t="s">
+    <row r="4" spans="1:201">
+      <c r="C4" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
@@ -1236,57 +1236,57 @@
       <c r="FT4"/>
       <c r="FU4"/>
       <c r="FV4"/>
       <c r="FW4"/>
       <c r="FX4"/>
       <c r="FY4"/>
       <c r="FZ4"/>
       <c r="GA4"/>
       <c r="GB4"/>
       <c r="GC4"/>
       <c r="GD4"/>
       <c r="GE4"/>
       <c r="GF4"/>
       <c r="GG4"/>
       <c r="GH4"/>
       <c r="GI4"/>
       <c r="GJ4"/>
       <c r="GK4"/>
       <c r="GL4"/>
       <c r="GM4"/>
       <c r="GN4"/>
       <c r="GO4"/>
       <c r="GP4"/>
       <c r="GQ4"/>
       <c r="GR4"/>
+      <c r="GS4"/>
     </row>
-    <row r="5" spans="1:200">
-      <c r="B5" s="3">
+    <row r="5" spans="1:201">
+      <c r="C5" s="3">
         <v>5</v>
       </c>
-      <c r="C5" s="7"/>
-      <c r="D5"/>
+      <c r="D5" s="7"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="AC5"/>
@@ -1439,54 +1439,54 @@
       <c r="FT5"/>
       <c r="FU5"/>
       <c r="FV5"/>
       <c r="FW5"/>
       <c r="FX5"/>
       <c r="FY5"/>
       <c r="FZ5"/>
       <c r="GA5"/>
       <c r="GB5"/>
       <c r="GC5"/>
       <c r="GD5"/>
       <c r="GE5"/>
       <c r="GF5"/>
       <c r="GG5"/>
       <c r="GH5"/>
       <c r="GI5"/>
       <c r="GJ5"/>
       <c r="GK5"/>
       <c r="GL5"/>
       <c r="GM5"/>
       <c r="GN5"/>
       <c r="GO5"/>
       <c r="GP5"/>
       <c r="GQ5"/>
       <c r="GR5"/>
+      <c r="GS5"/>
     </row>
-    <row r="6" spans="1:200">
-[...1 lines deleted...]
-      <c r="C6"/>
+    <row r="6" spans="1:201">
+      <c r="C6" s="3"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6"/>
@@ -1640,56 +1640,56 @@
       <c r="FT6"/>
       <c r="FU6"/>
       <c r="FV6"/>
       <c r="FW6"/>
       <c r="FX6"/>
       <c r="FY6"/>
       <c r="FZ6"/>
       <c r="GA6"/>
       <c r="GB6"/>
       <c r="GC6"/>
       <c r="GD6"/>
       <c r="GE6"/>
       <c r="GF6"/>
       <c r="GG6"/>
       <c r="GH6"/>
       <c r="GI6"/>
       <c r="GJ6"/>
       <c r="GK6"/>
       <c r="GL6"/>
       <c r="GM6"/>
       <c r="GN6"/>
       <c r="GO6"/>
       <c r="GP6"/>
       <c r="GQ6"/>
       <c r="GR6"/>
+      <c r="GS6"/>
     </row>
-    <row r="7" spans="1:200">
-      <c r="B7" s="4" t="s">
+    <row r="7" spans="1:201">
+      <c r="C7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7"/>
@@ -1843,54 +1843,54 @@
       <c r="FT7"/>
       <c r="FU7"/>
       <c r="FV7"/>
       <c r="FW7"/>
       <c r="FX7"/>
       <c r="FY7"/>
       <c r="FZ7"/>
       <c r="GA7"/>
       <c r="GB7"/>
       <c r="GC7"/>
       <c r="GD7"/>
       <c r="GE7"/>
       <c r="GF7"/>
       <c r="GG7"/>
       <c r="GH7"/>
       <c r="GI7"/>
       <c r="GJ7"/>
       <c r="GK7"/>
       <c r="GL7"/>
       <c r="GM7"/>
       <c r="GN7"/>
       <c r="GO7"/>
       <c r="GP7"/>
       <c r="GQ7"/>
       <c r="GR7"/>
+      <c r="GS7"/>
     </row>
-    <row r="8" spans="1:200">
-[...1 lines deleted...]
-      <c r="C8"/>
+    <row r="8" spans="1:201">
+      <c r="C8" s="3"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
@@ -2044,53 +2044,53 @@
       <c r="FT8"/>
       <c r="FU8"/>
       <c r="FV8"/>
       <c r="FW8"/>
       <c r="FX8"/>
       <c r="FY8"/>
       <c r="FZ8"/>
       <c r="GA8"/>
       <c r="GB8"/>
       <c r="GC8"/>
       <c r="GD8"/>
       <c r="GE8"/>
       <c r="GF8"/>
       <c r="GG8"/>
       <c r="GH8"/>
       <c r="GI8"/>
       <c r="GJ8"/>
       <c r="GK8"/>
       <c r="GL8"/>
       <c r="GM8"/>
       <c r="GN8"/>
       <c r="GO8"/>
       <c r="GP8"/>
       <c r="GQ8"/>
       <c r="GR8"/>
+      <c r="GS8"/>
     </row>
-    <row r="9" spans="1:200">
-      <c r="B9"/>
+    <row r="9" spans="1:201">
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
@@ -2245,56 +2245,56 @@
       <c r="FT9"/>
       <c r="FU9"/>
       <c r="FV9"/>
       <c r="FW9"/>
       <c r="FX9"/>
       <c r="FY9"/>
       <c r="FZ9"/>
       <c r="GA9"/>
       <c r="GB9"/>
       <c r="GC9"/>
       <c r="GD9"/>
       <c r="GE9"/>
       <c r="GF9"/>
       <c r="GG9"/>
       <c r="GH9"/>
       <c r="GI9"/>
       <c r="GJ9"/>
       <c r="GK9"/>
       <c r="GL9"/>
       <c r="GM9"/>
       <c r="GN9"/>
       <c r="GO9"/>
       <c r="GP9"/>
       <c r="GQ9"/>
       <c r="GR9"/>
+      <c r="GS9"/>
     </row>
-    <row r="10" spans="1:200">
-      <c r="B10" s="6" t="s">
+    <row r="10" spans="1:201">
+      <c r="C10" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10"/>
@@ -2448,54 +2448,54 @@
       <c r="FT10"/>
       <c r="FU10"/>
       <c r="FV10"/>
       <c r="FW10"/>
       <c r="FX10"/>
       <c r="FY10"/>
       <c r="FZ10"/>
       <c r="GA10"/>
       <c r="GB10"/>
       <c r="GC10"/>
       <c r="GD10"/>
       <c r="GE10"/>
       <c r="GF10"/>
       <c r="GG10"/>
       <c r="GH10"/>
       <c r="GI10"/>
       <c r="GJ10"/>
       <c r="GK10"/>
       <c r="GL10"/>
       <c r="GM10"/>
       <c r="GN10"/>
       <c r="GO10"/>
       <c r="GP10"/>
       <c r="GQ10"/>
       <c r="GR10"/>
+      <c r="GS10"/>
     </row>
-    <row r="11" spans="1:200">
-[...1 lines deleted...]
-      <c r="C11"/>
+    <row r="11" spans="1:201">
+      <c r="C11" s="1"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
@@ -2649,59 +2649,59 @@
       <c r="FT11"/>
       <c r="FU11"/>
       <c r="FV11"/>
       <c r="FW11"/>
       <c r="FX11"/>
       <c r="FY11"/>
       <c r="FZ11"/>
       <c r="GA11"/>
       <c r="GB11"/>
       <c r="GC11"/>
       <c r="GD11"/>
       <c r="GE11"/>
       <c r="GF11"/>
       <c r="GG11"/>
       <c r="GH11"/>
       <c r="GI11"/>
       <c r="GJ11"/>
       <c r="GK11"/>
       <c r="GL11"/>
       <c r="GM11"/>
       <c r="GN11"/>
       <c r="GO11"/>
       <c r="GP11"/>
       <c r="GQ11"/>
       <c r="GR11"/>
+      <c r="GS11"/>
     </row>
-    <row r="12" spans="1:200">
-      <c r="B12" s="1" t="s">
+    <row r="12" spans="1:201">
+      <c r="C12" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
@@ -2854,57 +2854,57 @@
       <c r="FT12"/>
       <c r="FU12"/>
       <c r="FV12"/>
       <c r="FW12"/>
       <c r="FX12"/>
       <c r="FY12"/>
       <c r="FZ12"/>
       <c r="GA12"/>
       <c r="GB12"/>
       <c r="GC12"/>
       <c r="GD12"/>
       <c r="GE12"/>
       <c r="GF12"/>
       <c r="GG12"/>
       <c r="GH12"/>
       <c r="GI12"/>
       <c r="GJ12"/>
       <c r="GK12"/>
       <c r="GL12"/>
       <c r="GM12"/>
       <c r="GN12"/>
       <c r="GO12"/>
       <c r="GP12"/>
       <c r="GQ12"/>
       <c r="GR12"/>
+      <c r="GS12"/>
     </row>
-    <row r="13" spans="1:200">
-      <c r="B13" s="3">
+    <row r="13" spans="1:201">
+      <c r="C13" s="3">
         <v>9.5</v>
       </c>
-      <c r="C13" s="7"/>
-      <c r="D13"/>
+      <c r="D13" s="7"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
@@ -3057,54 +3057,54 @@
       <c r="FT13"/>
       <c r="FU13"/>
       <c r="FV13"/>
       <c r="FW13"/>
       <c r="FX13"/>
       <c r="FY13"/>
       <c r="FZ13"/>
       <c r="GA13"/>
       <c r="GB13"/>
       <c r="GC13"/>
       <c r="GD13"/>
       <c r="GE13"/>
       <c r="GF13"/>
       <c r="GG13"/>
       <c r="GH13"/>
       <c r="GI13"/>
       <c r="GJ13"/>
       <c r="GK13"/>
       <c r="GL13"/>
       <c r="GM13"/>
       <c r="GN13"/>
       <c r="GO13"/>
       <c r="GP13"/>
       <c r="GQ13"/>
       <c r="GR13"/>
+      <c r="GS13"/>
     </row>
-    <row r="14" spans="1:200">
-[...1 lines deleted...]
-      <c r="C14"/>
+    <row r="14" spans="1:201">
+      <c r="C14" s="3"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
       <c r="AB14"/>
@@ -3258,56 +3258,56 @@
       <c r="FT14"/>
       <c r="FU14"/>
       <c r="FV14"/>
       <c r="FW14"/>
       <c r="FX14"/>
       <c r="FY14"/>
       <c r="FZ14"/>
       <c r="GA14"/>
       <c r="GB14"/>
       <c r="GC14"/>
       <c r="GD14"/>
       <c r="GE14"/>
       <c r="GF14"/>
       <c r="GG14"/>
       <c r="GH14"/>
       <c r="GI14"/>
       <c r="GJ14"/>
       <c r="GK14"/>
       <c r="GL14"/>
       <c r="GM14"/>
       <c r="GN14"/>
       <c r="GO14"/>
       <c r="GP14"/>
       <c r="GQ14"/>
       <c r="GR14"/>
+      <c r="GS14"/>
     </row>
-    <row r="15" spans="1:200">
-      <c r="B15" s="4" t="s">
+    <row r="15" spans="1:201">
+      <c r="C15" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
       <c r="AB15"/>
@@ -3461,54 +3461,54 @@
       <c r="FT15"/>
       <c r="FU15"/>
       <c r="FV15"/>
       <c r="FW15"/>
       <c r="FX15"/>
       <c r="FY15"/>
       <c r="FZ15"/>
       <c r="GA15"/>
       <c r="GB15"/>
       <c r="GC15"/>
       <c r="GD15"/>
       <c r="GE15"/>
       <c r="GF15"/>
       <c r="GG15"/>
       <c r="GH15"/>
       <c r="GI15"/>
       <c r="GJ15"/>
       <c r="GK15"/>
       <c r="GL15"/>
       <c r="GM15"/>
       <c r="GN15"/>
       <c r="GO15"/>
       <c r="GP15"/>
       <c r="GQ15"/>
       <c r="GR15"/>
+      <c r="GS15"/>
     </row>
-    <row r="16" spans="1:200">
-[...1 lines deleted...]
-      <c r="C16"/>
+    <row r="16" spans="1:201">
+      <c r="C16" s="3"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
@@ -3662,53 +3662,53 @@
       <c r="FT16"/>
       <c r="FU16"/>
       <c r="FV16"/>
       <c r="FW16"/>
       <c r="FX16"/>
       <c r="FY16"/>
       <c r="FZ16"/>
       <c r="GA16"/>
       <c r="GB16"/>
       <c r="GC16"/>
       <c r="GD16"/>
       <c r="GE16"/>
       <c r="GF16"/>
       <c r="GG16"/>
       <c r="GH16"/>
       <c r="GI16"/>
       <c r="GJ16"/>
       <c r="GK16"/>
       <c r="GL16"/>
       <c r="GM16"/>
       <c r="GN16"/>
       <c r="GO16"/>
       <c r="GP16"/>
       <c r="GQ16"/>
       <c r="GR16"/>
+      <c r="GS16"/>
     </row>
-    <row r="17" spans="1:200">
-      <c r="B17"/>
+    <row r="17" spans="1:201">
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
@@ -3863,56 +3863,56 @@
       <c r="FT17"/>
       <c r="FU17"/>
       <c r="FV17"/>
       <c r="FW17"/>
       <c r="FX17"/>
       <c r="FY17"/>
       <c r="FZ17"/>
       <c r="GA17"/>
       <c r="GB17"/>
       <c r="GC17"/>
       <c r="GD17"/>
       <c r="GE17"/>
       <c r="GF17"/>
       <c r="GG17"/>
       <c r="GH17"/>
       <c r="GI17"/>
       <c r="GJ17"/>
       <c r="GK17"/>
       <c r="GL17"/>
       <c r="GM17"/>
       <c r="GN17"/>
       <c r="GO17"/>
       <c r="GP17"/>
       <c r="GQ17"/>
       <c r="GR17"/>
+      <c r="GS17"/>
     </row>
-    <row r="18" spans="1:200">
-      <c r="B18" s="6" t="s">
+    <row r="18" spans="1:201">
+      <c r="C18" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
@@ -4066,54 +4066,54 @@
       <c r="FT18"/>
       <c r="FU18"/>
       <c r="FV18"/>
       <c r="FW18"/>
       <c r="FX18"/>
       <c r="FY18"/>
       <c r="FZ18"/>
       <c r="GA18"/>
       <c r="GB18"/>
       <c r="GC18"/>
       <c r="GD18"/>
       <c r="GE18"/>
       <c r="GF18"/>
       <c r="GG18"/>
       <c r="GH18"/>
       <c r="GI18"/>
       <c r="GJ18"/>
       <c r="GK18"/>
       <c r="GL18"/>
       <c r="GM18"/>
       <c r="GN18"/>
       <c r="GO18"/>
       <c r="GP18"/>
       <c r="GQ18"/>
       <c r="GR18"/>
+      <c r="GS18"/>
     </row>
-    <row r="19" spans="1:200">
-[...1 lines deleted...]
-      <c r="C19"/>
+    <row r="19" spans="1:201">
+      <c r="C19" s="1"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
       <c r="AB19"/>
@@ -4267,62 +4267,62 @@
       <c r="FT19"/>
       <c r="FU19"/>
       <c r="FV19"/>
       <c r="FW19"/>
       <c r="FX19"/>
       <c r="FY19"/>
       <c r="FZ19"/>
       <c r="GA19"/>
       <c r="GB19"/>
       <c r="GC19"/>
       <c r="GD19"/>
       <c r="GE19"/>
       <c r="GF19"/>
       <c r="GG19"/>
       <c r="GH19"/>
       <c r="GI19"/>
       <c r="GJ19"/>
       <c r="GK19"/>
       <c r="GL19"/>
       <c r="GM19"/>
       <c r="GN19"/>
       <c r="GO19"/>
       <c r="GP19"/>
       <c r="GQ19"/>
       <c r="GR19"/>
+      <c r="GS19"/>
     </row>
-    <row r="20" spans="1:200">
-      <c r="B20" s="1" t="s">
+    <row r="20" spans="1:201">
+      <c r="C20" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
@@ -4474,60 +4474,60 @@
       <c r="FT20"/>
       <c r="FU20"/>
       <c r="FV20"/>
       <c r="FW20"/>
       <c r="FX20"/>
       <c r="FY20"/>
       <c r="FZ20"/>
       <c r="GA20"/>
       <c r="GB20"/>
       <c r="GC20"/>
       <c r="GD20"/>
       <c r="GE20"/>
       <c r="GF20"/>
       <c r="GG20"/>
       <c r="GH20"/>
       <c r="GI20"/>
       <c r="GJ20"/>
       <c r="GK20"/>
       <c r="GL20"/>
       <c r="GM20"/>
       <c r="GN20"/>
       <c r="GO20"/>
       <c r="GP20"/>
       <c r="GQ20"/>
       <c r="GR20"/>
+      <c r="GS20"/>
     </row>
-    <row r="21" spans="1:200">
-      <c r="B21" s="3" t="s">
+    <row r="21" spans="1:201">
+      <c r="C21" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="D21" s="7"/>
-      <c r="E21"/>
+      <c r="E21" s="7"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21"/>
       <c r="AD21"/>
@@ -4679,54 +4679,54 @@
       <c r="FT21"/>
       <c r="FU21"/>
       <c r="FV21"/>
       <c r="FW21"/>
       <c r="FX21"/>
       <c r="FY21"/>
       <c r="FZ21"/>
       <c r="GA21"/>
       <c r="GB21"/>
       <c r="GC21"/>
       <c r="GD21"/>
       <c r="GE21"/>
       <c r="GF21"/>
       <c r="GG21"/>
       <c r="GH21"/>
       <c r="GI21"/>
       <c r="GJ21"/>
       <c r="GK21"/>
       <c r="GL21"/>
       <c r="GM21"/>
       <c r="GN21"/>
       <c r="GO21"/>
       <c r="GP21"/>
       <c r="GQ21"/>
       <c r="GR21"/>
+      <c r="GS21"/>
     </row>
-    <row r="22" spans="1:200">
-[...1 lines deleted...]
-      <c r="C22"/>
+    <row r="22" spans="1:201">
+      <c r="C22" s="3"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
@@ -4880,56 +4880,56 @@
       <c r="FT22"/>
       <c r="FU22"/>
       <c r="FV22"/>
       <c r="FW22"/>
       <c r="FX22"/>
       <c r="FY22"/>
       <c r="FZ22"/>
       <c r="GA22"/>
       <c r="GB22"/>
       <c r="GC22"/>
       <c r="GD22"/>
       <c r="GE22"/>
       <c r="GF22"/>
       <c r="GG22"/>
       <c r="GH22"/>
       <c r="GI22"/>
       <c r="GJ22"/>
       <c r="GK22"/>
       <c r="GL22"/>
       <c r="GM22"/>
       <c r="GN22"/>
       <c r="GO22"/>
       <c r="GP22"/>
       <c r="GQ22"/>
       <c r="GR22"/>
+      <c r="GS22"/>
     </row>
-    <row r="23" spans="1:200">
-      <c r="B23" s="4" t="s">
+    <row r="23" spans="1:201">
+      <c r="C23" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
@@ -5083,54 +5083,54 @@
       <c r="FT23"/>
       <c r="FU23"/>
       <c r="FV23"/>
       <c r="FW23"/>
       <c r="FX23"/>
       <c r="FY23"/>
       <c r="FZ23"/>
       <c r="GA23"/>
       <c r="GB23"/>
       <c r="GC23"/>
       <c r="GD23"/>
       <c r="GE23"/>
       <c r="GF23"/>
       <c r="GG23"/>
       <c r="GH23"/>
       <c r="GI23"/>
       <c r="GJ23"/>
       <c r="GK23"/>
       <c r="GL23"/>
       <c r="GM23"/>
       <c r="GN23"/>
       <c r="GO23"/>
       <c r="GP23"/>
       <c r="GQ23"/>
       <c r="GR23"/>
+      <c r="GS23"/>
     </row>
-    <row r="24" spans="1:200">
-[...1 lines deleted...]
-      <c r="C24"/>
+    <row r="24" spans="1:201">
+      <c r="C24" s="1"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
@@ -5284,57 +5284,57 @@
       <c r="FT24"/>
       <c r="FU24"/>
       <c r="FV24"/>
       <c r="FW24"/>
       <c r="FX24"/>
       <c r="FY24"/>
       <c r="FZ24"/>
       <c r="GA24"/>
       <c r="GB24"/>
       <c r="GC24"/>
       <c r="GD24"/>
       <c r="GE24"/>
       <c r="GF24"/>
       <c r="GG24"/>
       <c r="GH24"/>
       <c r="GI24"/>
       <c r="GJ24"/>
       <c r="GK24"/>
       <c r="GL24"/>
       <c r="GM24"/>
       <c r="GN24"/>
       <c r="GO24"/>
       <c r="GP24"/>
       <c r="GQ24"/>
       <c r="GR24"/>
+      <c r="GS24"/>
     </row>
-    <row r="25" spans="1:200">
-[...1 lines deleted...]
-      <c r="C25" s="15" t="s">
+    <row r="25" spans="1:201">
+      <c r="C25"/>
+      <c r="D25" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
@@ -5487,56 +5487,56 @@
       <c r="FT25"/>
       <c r="FU25"/>
       <c r="FV25"/>
       <c r="FW25"/>
       <c r="FX25"/>
       <c r="FY25"/>
       <c r="FZ25"/>
       <c r="GA25"/>
       <c r="GB25"/>
       <c r="GC25"/>
       <c r="GD25"/>
       <c r="GE25"/>
       <c r="GF25"/>
       <c r="GG25"/>
       <c r="GH25"/>
       <c r="GI25"/>
       <c r="GJ25"/>
       <c r="GK25"/>
       <c r="GL25"/>
       <c r="GM25"/>
       <c r="GN25"/>
       <c r="GO25"/>
       <c r="GP25"/>
       <c r="GQ25"/>
       <c r="GR25"/>
+      <c r="GS25"/>
     </row>
-    <row r="26" spans="1:200">
-      <c r="B26" s="6" t="s">
+    <row r="26" spans="1:201">
+      <c r="C26" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
@@ -5690,54 +5690,54 @@
       <c r="FT26"/>
       <c r="FU26"/>
       <c r="FV26"/>
       <c r="FW26"/>
       <c r="FX26"/>
       <c r="FY26"/>
       <c r="FZ26"/>
       <c r="GA26"/>
       <c r="GB26"/>
       <c r="GC26"/>
       <c r="GD26"/>
       <c r="GE26"/>
       <c r="GF26"/>
       <c r="GG26"/>
       <c r="GH26"/>
       <c r="GI26"/>
       <c r="GJ26"/>
       <c r="GK26"/>
       <c r="GL26"/>
       <c r="GM26"/>
       <c r="GN26"/>
       <c r="GO26"/>
       <c r="GP26"/>
       <c r="GQ26"/>
       <c r="GR26"/>
+      <c r="GS26"/>
     </row>
-    <row r="27" spans="1:200">
-[...1 lines deleted...]
-      <c r="C27"/>
+    <row r="27" spans="1:201">
+      <c r="C27" s="1"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
@@ -5891,62 +5891,62 @@
       <c r="FT27"/>
       <c r="FU27"/>
       <c r="FV27"/>
       <c r="FW27"/>
       <c r="FX27"/>
       <c r="FY27"/>
       <c r="FZ27"/>
       <c r="GA27"/>
       <c r="GB27"/>
       <c r="GC27"/>
       <c r="GD27"/>
       <c r="GE27"/>
       <c r="GF27"/>
       <c r="GG27"/>
       <c r="GH27"/>
       <c r="GI27"/>
       <c r="GJ27"/>
       <c r="GK27"/>
       <c r="GL27"/>
       <c r="GM27"/>
       <c r="GN27"/>
       <c r="GO27"/>
       <c r="GP27"/>
       <c r="GQ27"/>
       <c r="GR27"/>
+      <c r="GS27"/>
     </row>
-    <row r="28" spans="1:200">
-      <c r="B28" s="1" t="s">
+    <row r="28" spans="1:201">
+      <c r="C28" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
@@ -6098,60 +6098,60 @@
       <c r="FT28"/>
       <c r="FU28"/>
       <c r="FV28"/>
       <c r="FW28"/>
       <c r="FX28"/>
       <c r="FY28"/>
       <c r="FZ28"/>
       <c r="GA28"/>
       <c r="GB28"/>
       <c r="GC28"/>
       <c r="GD28"/>
       <c r="GE28"/>
       <c r="GF28"/>
       <c r="GG28"/>
       <c r="GH28"/>
       <c r="GI28"/>
       <c r="GJ28"/>
       <c r="GK28"/>
       <c r="GL28"/>
       <c r="GM28"/>
       <c r="GN28"/>
       <c r="GO28"/>
       <c r="GP28"/>
       <c r="GQ28"/>
       <c r="GR28"/>
+      <c r="GS28"/>
     </row>
-    <row r="29" spans="1:200">
-      <c r="B29" s="1">
+    <row r="29" spans="1:201">
+      <c r="C29" s="1">
         <v>12</v>
       </c>
-      <c r="C29" s="3" t="s">
+      <c r="D29" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D29" s="7"/>
-      <c r="E29"/>
+      <c r="E29" s="7"/>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
@@ -6303,54 +6303,54 @@
       <c r="FT29"/>
       <c r="FU29"/>
       <c r="FV29"/>
       <c r="FW29"/>
       <c r="FX29"/>
       <c r="FY29"/>
       <c r="FZ29"/>
       <c r="GA29"/>
       <c r="GB29"/>
       <c r="GC29"/>
       <c r="GD29"/>
       <c r="GE29"/>
       <c r="GF29"/>
       <c r="GG29"/>
       <c r="GH29"/>
       <c r="GI29"/>
       <c r="GJ29"/>
       <c r="GK29"/>
       <c r="GL29"/>
       <c r="GM29"/>
       <c r="GN29"/>
       <c r="GO29"/>
       <c r="GP29"/>
       <c r="GQ29"/>
       <c r="GR29"/>
+      <c r="GS29"/>
     </row>
-    <row r="30" spans="1:200">
-[...1 lines deleted...]
-      <c r="C30"/>
+    <row r="30" spans="1:201">
+      <c r="C30" s="1"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
@@ -6504,56 +6504,56 @@
       <c r="FT30"/>
       <c r="FU30"/>
       <c r="FV30"/>
       <c r="FW30"/>
       <c r="FX30"/>
       <c r="FY30"/>
       <c r="FZ30"/>
       <c r="GA30"/>
       <c r="GB30"/>
       <c r="GC30"/>
       <c r="GD30"/>
       <c r="GE30"/>
       <c r="GF30"/>
       <c r="GG30"/>
       <c r="GH30"/>
       <c r="GI30"/>
       <c r="GJ30"/>
       <c r="GK30"/>
       <c r="GL30"/>
       <c r="GM30"/>
       <c r="GN30"/>
       <c r="GO30"/>
       <c r="GP30"/>
       <c r="GQ30"/>
       <c r="GR30"/>
+      <c r="GS30"/>
     </row>
-    <row r="31" spans="1:200">
-      <c r="B31" s="4" t="s">
+    <row r="31" spans="1:201">
+      <c r="C31" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
@@ -6707,54 +6707,54 @@
       <c r="FT31"/>
       <c r="FU31"/>
       <c r="FV31"/>
       <c r="FW31"/>
       <c r="FX31"/>
       <c r="FY31"/>
       <c r="FZ31"/>
       <c r="GA31"/>
       <c r="GB31"/>
       <c r="GC31"/>
       <c r="GD31"/>
       <c r="GE31"/>
       <c r="GF31"/>
       <c r="GG31"/>
       <c r="GH31"/>
       <c r="GI31"/>
       <c r="GJ31"/>
       <c r="GK31"/>
       <c r="GL31"/>
       <c r="GM31"/>
       <c r="GN31"/>
       <c r="GO31"/>
       <c r="GP31"/>
       <c r="GQ31"/>
       <c r="GR31"/>
+      <c r="GS31"/>
     </row>
-    <row r="32" spans="1:200">
-[...1 lines deleted...]
-      <c r="C32"/>
+    <row r="32" spans="1:201">
+      <c r="C32" s="1"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
@@ -6908,53 +6908,53 @@
       <c r="FT32"/>
       <c r="FU32"/>
       <c r="FV32"/>
       <c r="FW32"/>
       <c r="FX32"/>
       <c r="FY32"/>
       <c r="FZ32"/>
       <c r="GA32"/>
       <c r="GB32"/>
       <c r="GC32"/>
       <c r="GD32"/>
       <c r="GE32"/>
       <c r="GF32"/>
       <c r="GG32"/>
       <c r="GH32"/>
       <c r="GI32"/>
       <c r="GJ32"/>
       <c r="GK32"/>
       <c r="GL32"/>
       <c r="GM32"/>
       <c r="GN32"/>
       <c r="GO32"/>
       <c r="GP32"/>
       <c r="GQ32"/>
       <c r="GR32"/>
+      <c r="GS32"/>
     </row>
-    <row r="33" spans="1:200">
-      <c r="B33"/>
+    <row r="33" spans="1:201">
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
@@ -7109,56 +7109,56 @@
       <c r="FT33"/>
       <c r="FU33"/>
       <c r="FV33"/>
       <c r="FW33"/>
       <c r="FX33"/>
       <c r="FY33"/>
       <c r="FZ33"/>
       <c r="GA33"/>
       <c r="GB33"/>
       <c r="GC33"/>
       <c r="GD33"/>
       <c r="GE33"/>
       <c r="GF33"/>
       <c r="GG33"/>
       <c r="GH33"/>
       <c r="GI33"/>
       <c r="GJ33"/>
       <c r="GK33"/>
       <c r="GL33"/>
       <c r="GM33"/>
       <c r="GN33"/>
       <c r="GO33"/>
       <c r="GP33"/>
       <c r="GQ33"/>
       <c r="GR33"/>
+      <c r="GS33"/>
     </row>
-    <row r="34" spans="1:200">
-      <c r="B34" s="6" t="s">
+    <row r="34" spans="1:201">
+      <c r="C34" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
@@ -7312,54 +7312,54 @@
       <c r="FT34"/>
       <c r="FU34"/>
       <c r="FV34"/>
       <c r="FW34"/>
       <c r="FX34"/>
       <c r="FY34"/>
       <c r="FZ34"/>
       <c r="GA34"/>
       <c r="GB34"/>
       <c r="GC34"/>
       <c r="GD34"/>
       <c r="GE34"/>
       <c r="GF34"/>
       <c r="GG34"/>
       <c r="GH34"/>
       <c r="GI34"/>
       <c r="GJ34"/>
       <c r="GK34"/>
       <c r="GL34"/>
       <c r="GM34"/>
       <c r="GN34"/>
       <c r="GO34"/>
       <c r="GP34"/>
       <c r="GQ34"/>
       <c r="GR34"/>
+      <c r="GS34"/>
     </row>
-    <row r="35" spans="1:200">
-[...1 lines deleted...]
-      <c r="C35"/>
+    <row r="35" spans="1:201">
+      <c r="C35" s="1"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
@@ -7513,62 +7513,62 @@
       <c r="FT35"/>
       <c r="FU35"/>
       <c r="FV35"/>
       <c r="FW35"/>
       <c r="FX35"/>
       <c r="FY35"/>
       <c r="FZ35"/>
       <c r="GA35"/>
       <c r="GB35"/>
       <c r="GC35"/>
       <c r="GD35"/>
       <c r="GE35"/>
       <c r="GF35"/>
       <c r="GG35"/>
       <c r="GH35"/>
       <c r="GI35"/>
       <c r="GJ35"/>
       <c r="GK35"/>
       <c r="GL35"/>
       <c r="GM35"/>
       <c r="GN35"/>
       <c r="GO35"/>
       <c r="GP35"/>
       <c r="GQ35"/>
       <c r="GR35"/>
+      <c r="GS35"/>
     </row>
-    <row r="36" spans="1:200">
-      <c r="B36" s="1" t="s">
+    <row r="36" spans="1:201">
+      <c r="C36" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
@@ -7720,58 +7720,58 @@
       <c r="FT36"/>
       <c r="FU36"/>
       <c r="FV36"/>
       <c r="FW36"/>
       <c r="FX36"/>
       <c r="FY36"/>
       <c r="FZ36"/>
       <c r="GA36"/>
       <c r="GB36"/>
       <c r="GC36"/>
       <c r="GD36"/>
       <c r="GE36"/>
       <c r="GF36"/>
       <c r="GG36"/>
       <c r="GH36"/>
       <c r="GI36"/>
       <c r="GJ36"/>
       <c r="GK36"/>
       <c r="GL36"/>
       <c r="GM36"/>
       <c r="GN36"/>
       <c r="GO36"/>
       <c r="GP36"/>
       <c r="GQ36"/>
       <c r="GR36"/>
+      <c r="GS36"/>
     </row>
-    <row r="37" spans="1:200">
-      <c r="B37" s="1" t="s">
+    <row r="37" spans="1:201">
+      <c r="C37" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="5"/>
-[...1 lines deleted...]
-      <c r="E37"/>
+      <c r="D37" s="5"/>
+      <c r="E37" s="9"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
@@ -7923,54 +7923,54 @@
       <c r="FT37"/>
       <c r="FU37"/>
       <c r="FV37"/>
       <c r="FW37"/>
       <c r="FX37"/>
       <c r="FY37"/>
       <c r="FZ37"/>
       <c r="GA37"/>
       <c r="GB37"/>
       <c r="GC37"/>
       <c r="GD37"/>
       <c r="GE37"/>
       <c r="GF37"/>
       <c r="GG37"/>
       <c r="GH37"/>
       <c r="GI37"/>
       <c r="GJ37"/>
       <c r="GK37"/>
       <c r="GL37"/>
       <c r="GM37"/>
       <c r="GN37"/>
       <c r="GO37"/>
       <c r="GP37"/>
       <c r="GQ37"/>
       <c r="GR37"/>
+      <c r="GS37"/>
     </row>
-    <row r="38" spans="1:200">
-[...1 lines deleted...]
-      <c r="C38"/>
+    <row r="38" spans="1:201">
+      <c r="C38" s="1"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
@@ -8124,56 +8124,56 @@
       <c r="FT38"/>
       <c r="FU38"/>
       <c r="FV38"/>
       <c r="FW38"/>
       <c r="FX38"/>
       <c r="FY38"/>
       <c r="FZ38"/>
       <c r="GA38"/>
       <c r="GB38"/>
       <c r="GC38"/>
       <c r="GD38"/>
       <c r="GE38"/>
       <c r="GF38"/>
       <c r="GG38"/>
       <c r="GH38"/>
       <c r="GI38"/>
       <c r="GJ38"/>
       <c r="GK38"/>
       <c r="GL38"/>
       <c r="GM38"/>
       <c r="GN38"/>
       <c r="GO38"/>
       <c r="GP38"/>
       <c r="GQ38"/>
       <c r="GR38"/>
+      <c r="GS38"/>
     </row>
-    <row r="39" spans="1:200">
-      <c r="B39" s="4" t="s">
+    <row r="39" spans="1:201">
+      <c r="C39" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
@@ -8327,54 +8327,54 @@
       <c r="FT39"/>
       <c r="FU39"/>
       <c r="FV39"/>
       <c r="FW39"/>
       <c r="FX39"/>
       <c r="FY39"/>
       <c r="FZ39"/>
       <c r="GA39"/>
       <c r="GB39"/>
       <c r="GC39"/>
       <c r="GD39"/>
       <c r="GE39"/>
       <c r="GF39"/>
       <c r="GG39"/>
       <c r="GH39"/>
       <c r="GI39"/>
       <c r="GJ39"/>
       <c r="GK39"/>
       <c r="GL39"/>
       <c r="GM39"/>
       <c r="GN39"/>
       <c r="GO39"/>
       <c r="GP39"/>
       <c r="GQ39"/>
       <c r="GR39"/>
+      <c r="GS39"/>
     </row>
-    <row r="40" spans="1:200">
-[...1 lines deleted...]
-      <c r="C40"/>
+    <row r="40" spans="1:201">
+      <c r="C40" s="1"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
@@ -8528,53 +8528,53 @@
       <c r="FT40"/>
       <c r="FU40"/>
       <c r="FV40"/>
       <c r="FW40"/>
       <c r="FX40"/>
       <c r="FY40"/>
       <c r="FZ40"/>
       <c r="GA40"/>
       <c r="GB40"/>
       <c r="GC40"/>
       <c r="GD40"/>
       <c r="GE40"/>
       <c r="GF40"/>
       <c r="GG40"/>
       <c r="GH40"/>
       <c r="GI40"/>
       <c r="GJ40"/>
       <c r="GK40"/>
       <c r="GL40"/>
       <c r="GM40"/>
       <c r="GN40"/>
       <c r="GO40"/>
       <c r="GP40"/>
       <c r="GQ40"/>
       <c r="GR40"/>
+      <c r="GS40"/>
     </row>
-    <row r="41" spans="1:200">
-      <c r="B41"/>
+    <row r="41" spans="1:201">
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41"/>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
       <c r="AA41"/>
@@ -8729,56 +8729,56 @@
       <c r="FT41"/>
       <c r="FU41"/>
       <c r="FV41"/>
       <c r="FW41"/>
       <c r="FX41"/>
       <c r="FY41"/>
       <c r="FZ41"/>
       <c r="GA41"/>
       <c r="GB41"/>
       <c r="GC41"/>
       <c r="GD41"/>
       <c r="GE41"/>
       <c r="GF41"/>
       <c r="GG41"/>
       <c r="GH41"/>
       <c r="GI41"/>
       <c r="GJ41"/>
       <c r="GK41"/>
       <c r="GL41"/>
       <c r="GM41"/>
       <c r="GN41"/>
       <c r="GO41"/>
       <c r="GP41"/>
       <c r="GQ41"/>
       <c r="GR41"/>
+      <c r="GS41"/>
     </row>
-    <row r="42" spans="1:200">
-      <c r="B42" s="6" t="s">
+    <row r="42" spans="1:201">
+      <c r="C42" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
       <c r="AB42"/>
@@ -8932,53 +8932,53 @@
       <c r="FT42"/>
       <c r="FU42"/>
       <c r="FV42"/>
       <c r="FW42"/>
       <c r="FX42"/>
       <c r="FY42"/>
       <c r="FZ42"/>
       <c r="GA42"/>
       <c r="GB42"/>
       <c r="GC42"/>
       <c r="GD42"/>
       <c r="GE42"/>
       <c r="GF42"/>
       <c r="GG42"/>
       <c r="GH42"/>
       <c r="GI42"/>
       <c r="GJ42"/>
       <c r="GK42"/>
       <c r="GL42"/>
       <c r="GM42"/>
       <c r="GN42"/>
       <c r="GO42"/>
       <c r="GP42"/>
       <c r="GQ42"/>
       <c r="GR42"/>
+      <c r="GS42"/>
     </row>
-    <row r="43" spans="1:200">
-      <c r="B43"/>
+    <row r="43" spans="1:201">
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43"/>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
       <c r="Z43"/>
       <c r="AA43"/>
@@ -9133,59 +9133,59 @@
       <c r="FT43"/>
       <c r="FU43"/>
       <c r="FV43"/>
       <c r="FW43"/>
       <c r="FX43"/>
       <c r="FY43"/>
       <c r="FZ43"/>
       <c r="GA43"/>
       <c r="GB43"/>
       <c r="GC43"/>
       <c r="GD43"/>
       <c r="GE43"/>
       <c r="GF43"/>
       <c r="GG43"/>
       <c r="GH43"/>
       <c r="GI43"/>
       <c r="GJ43"/>
       <c r="GK43"/>
       <c r="GL43"/>
       <c r="GM43"/>
       <c r="GN43"/>
       <c r="GO43"/>
       <c r="GP43"/>
       <c r="GQ43"/>
       <c r="GR43"/>
+      <c r="GS43"/>
     </row>
-    <row r="44" spans="1:200">
-      <c r="B44" s="1" t="s">
+    <row r="44" spans="1:201">
+      <c r="C44" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
@@ -9338,57 +9338,57 @@
       <c r="FT44"/>
       <c r="FU44"/>
       <c r="FV44"/>
       <c r="FW44"/>
       <c r="FX44"/>
       <c r="FY44"/>
       <c r="FZ44"/>
       <c r="GA44"/>
       <c r="GB44"/>
       <c r="GC44"/>
       <c r="GD44"/>
       <c r="GE44"/>
       <c r="GF44"/>
       <c r="GG44"/>
       <c r="GH44"/>
       <c r="GI44"/>
       <c r="GJ44"/>
       <c r="GK44"/>
       <c r="GL44"/>
       <c r="GM44"/>
       <c r="GN44"/>
       <c r="GO44"/>
       <c r="GP44"/>
       <c r="GQ44"/>
       <c r="GR44"/>
+      <c r="GS44"/>
     </row>
-    <row r="45" spans="1:200">
-      <c r="B45" s="1">
+    <row r="45" spans="1:201">
+      <c r="C45" s="1">
         <v>15</v>
       </c>
-      <c r="C45" s="7"/>
-      <c r="D45"/>
+      <c r="D45" s="7"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45"/>
@@ -9541,54 +9541,54 @@
       <c r="FT45"/>
       <c r="FU45"/>
       <c r="FV45"/>
       <c r="FW45"/>
       <c r="FX45"/>
       <c r="FY45"/>
       <c r="FZ45"/>
       <c r="GA45"/>
       <c r="GB45"/>
       <c r="GC45"/>
       <c r="GD45"/>
       <c r="GE45"/>
       <c r="GF45"/>
       <c r="GG45"/>
       <c r="GH45"/>
       <c r="GI45"/>
       <c r="GJ45"/>
       <c r="GK45"/>
       <c r="GL45"/>
       <c r="GM45"/>
       <c r="GN45"/>
       <c r="GO45"/>
       <c r="GP45"/>
       <c r="GQ45"/>
       <c r="GR45"/>
+      <c r="GS45"/>
     </row>
-    <row r="46" spans="1:200">
-[...1 lines deleted...]
-      <c r="C46"/>
+    <row r="46" spans="1:201">
+      <c r="C46" s="1"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46"/>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
       <c r="AA46"/>
       <c r="AB46"/>
@@ -9742,56 +9742,56 @@
       <c r="FT46"/>
       <c r="FU46"/>
       <c r="FV46"/>
       <c r="FW46"/>
       <c r="FX46"/>
       <c r="FY46"/>
       <c r="FZ46"/>
       <c r="GA46"/>
       <c r="GB46"/>
       <c r="GC46"/>
       <c r="GD46"/>
       <c r="GE46"/>
       <c r="GF46"/>
       <c r="GG46"/>
       <c r="GH46"/>
       <c r="GI46"/>
       <c r="GJ46"/>
       <c r="GK46"/>
       <c r="GL46"/>
       <c r="GM46"/>
       <c r="GN46"/>
       <c r="GO46"/>
       <c r="GP46"/>
       <c r="GQ46"/>
       <c r="GR46"/>
+      <c r="GS46"/>
     </row>
-    <row r="47" spans="1:200">
-      <c r="B47" s="4" t="s">
+    <row r="47" spans="1:201">
+      <c r="C47" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
       <c r="AA47"/>
       <c r="AB47"/>
@@ -9945,53 +9945,53 @@
       <c r="FT47"/>
       <c r="FU47"/>
       <c r="FV47"/>
       <c r="FW47"/>
       <c r="FX47"/>
       <c r="FY47"/>
       <c r="FZ47"/>
       <c r="GA47"/>
       <c r="GB47"/>
       <c r="GC47"/>
       <c r="GD47"/>
       <c r="GE47"/>
       <c r="GF47"/>
       <c r="GG47"/>
       <c r="GH47"/>
       <c r="GI47"/>
       <c r="GJ47"/>
       <c r="GK47"/>
       <c r="GL47"/>
       <c r="GM47"/>
       <c r="GN47"/>
       <c r="GO47"/>
       <c r="GP47"/>
       <c r="GQ47"/>
       <c r="GR47"/>
+      <c r="GS47"/>
     </row>
-    <row r="48" spans="1:200">
-      <c r="B48"/>
+    <row r="48" spans="1:201">
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
       <c r="Y48"/>
       <c r="Z48"/>
       <c r="AA48"/>
@@ -10146,53 +10146,53 @@
       <c r="FT48"/>
       <c r="FU48"/>
       <c r="FV48"/>
       <c r="FW48"/>
       <c r="FX48"/>
       <c r="FY48"/>
       <c r="FZ48"/>
       <c r="GA48"/>
       <c r="GB48"/>
       <c r="GC48"/>
       <c r="GD48"/>
       <c r="GE48"/>
       <c r="GF48"/>
       <c r="GG48"/>
       <c r="GH48"/>
       <c r="GI48"/>
       <c r="GJ48"/>
       <c r="GK48"/>
       <c r="GL48"/>
       <c r="GM48"/>
       <c r="GN48"/>
       <c r="GO48"/>
       <c r="GP48"/>
       <c r="GQ48"/>
       <c r="GR48"/>
+      <c r="GS48"/>
     </row>
-    <row r="49" spans="1:200">
-      <c r="B49"/>
+    <row r="49" spans="1:201">
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49"/>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49"/>
       <c r="V49"/>
       <c r="W49"/>
       <c r="X49"/>
       <c r="Y49"/>
       <c r="Z49"/>
       <c r="AA49"/>
@@ -10347,56 +10347,56 @@
       <c r="FT49"/>
       <c r="FU49"/>
       <c r="FV49"/>
       <c r="FW49"/>
       <c r="FX49"/>
       <c r="FY49"/>
       <c r="FZ49"/>
       <c r="GA49"/>
       <c r="GB49"/>
       <c r="GC49"/>
       <c r="GD49"/>
       <c r="GE49"/>
       <c r="GF49"/>
       <c r="GG49"/>
       <c r="GH49"/>
       <c r="GI49"/>
       <c r="GJ49"/>
       <c r="GK49"/>
       <c r="GL49"/>
       <c r="GM49"/>
       <c r="GN49"/>
       <c r="GO49"/>
       <c r="GP49"/>
       <c r="GQ49"/>
       <c r="GR49"/>
+      <c r="GS49"/>
     </row>
-    <row r="50" spans="1:200">
-      <c r="B50" s="2" t="s">
+    <row r="50" spans="1:201">
+      <c r="C50" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
       <c r="AB50"/>
@@ -10550,53 +10550,53 @@
       <c r="FT50"/>
       <c r="FU50"/>
       <c r="FV50"/>
       <c r="FW50"/>
       <c r="FX50"/>
       <c r="FY50"/>
       <c r="FZ50"/>
       <c r="GA50"/>
       <c r="GB50"/>
       <c r="GC50"/>
       <c r="GD50"/>
       <c r="GE50"/>
       <c r="GF50"/>
       <c r="GG50"/>
       <c r="GH50"/>
       <c r="GI50"/>
       <c r="GJ50"/>
       <c r="GK50"/>
       <c r="GL50"/>
       <c r="GM50"/>
       <c r="GN50"/>
       <c r="GO50"/>
       <c r="GP50"/>
       <c r="GQ50"/>
       <c r="GR50"/>
+      <c r="GS50"/>
     </row>
-    <row r="51" spans="1:200">
-      <c r="B51"/>
+    <row r="51" spans="1:201">
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51"/>
       <c r="V51"/>
       <c r="W51"/>
       <c r="X51"/>
       <c r="Y51"/>
       <c r="Z51"/>
       <c r="AA51"/>
@@ -10751,67 +10751,67 @@
       <c r="FT51"/>
       <c r="FU51"/>
       <c r="FV51"/>
       <c r="FW51"/>
       <c r="FX51"/>
       <c r="FY51"/>
       <c r="FZ51"/>
       <c r="GA51"/>
       <c r="GB51"/>
       <c r="GC51"/>
       <c r="GD51"/>
       <c r="GE51"/>
       <c r="GF51"/>
       <c r="GG51"/>
       <c r="GH51"/>
       <c r="GI51"/>
       <c r="GJ51"/>
       <c r="GK51"/>
       <c r="GL51"/>
       <c r="GM51"/>
       <c r="GN51"/>
       <c r="GO51"/>
       <c r="GP51"/>
       <c r="GQ51"/>
       <c r="GR51"/>
+      <c r="GS51"/>
     </row>
-    <row r="52" spans="1:200">
-      <c r="B52" s="1" t="s">
+    <row r="52" spans="1:201">
+      <c r="C52" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E52" s="1" t="s">
+      <c r="F52" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F52" s="1"/>
       <c r="G52" s="1"/>
-      <c r="H52"/>
+      <c r="H52" s="1"/>
       <c r="I52"/>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
       <c r="AA52"/>
       <c r="AB52"/>
       <c r="AC52"/>
       <c r="AD52"/>
       <c r="AE52"/>
       <c r="AF52"/>
       <c r="AG52"/>
@@ -10960,65 +10960,65 @@
       <c r="FT52"/>
       <c r="FU52"/>
       <c r="FV52"/>
       <c r="FW52"/>
       <c r="FX52"/>
       <c r="FY52"/>
       <c r="FZ52"/>
       <c r="GA52"/>
       <c r="GB52"/>
       <c r="GC52"/>
       <c r="GD52"/>
       <c r="GE52"/>
       <c r="GF52"/>
       <c r="GG52"/>
       <c r="GH52"/>
       <c r="GI52"/>
       <c r="GJ52"/>
       <c r="GK52"/>
       <c r="GL52"/>
       <c r="GM52"/>
       <c r="GN52"/>
       <c r="GO52"/>
       <c r="GP52"/>
       <c r="GQ52"/>
       <c r="GR52"/>
+      <c r="GS52"/>
     </row>
-    <row r="53" spans="1:200">
-      <c r="B53" s="3" t="s">
+    <row r="53" spans="1:201">
+      <c r="C53" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="E53" s="7"/>
-      <c r="F53" s="1"/>
+      <c r="E53" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F53" s="7"/>
       <c r="G53" s="1"/>
-      <c r="H53"/>
+      <c r="H53" s="1"/>
       <c r="I53"/>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53"/>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53"/>
       <c r="V53"/>
       <c r="W53"/>
       <c r="X53"/>
       <c r="Y53"/>
       <c r="Z53"/>
       <c r="AA53"/>
       <c r="AB53"/>
       <c r="AC53"/>
       <c r="AD53"/>
       <c r="AE53"/>
       <c r="AF53"/>
       <c r="AG53"/>
@@ -11167,53 +11167,53 @@
       <c r="FT53"/>
       <c r="FU53"/>
       <c r="FV53"/>
       <c r="FW53"/>
       <c r="FX53"/>
       <c r="FY53"/>
       <c r="FZ53"/>
       <c r="GA53"/>
       <c r="GB53"/>
       <c r="GC53"/>
       <c r="GD53"/>
       <c r="GE53"/>
       <c r="GF53"/>
       <c r="GG53"/>
       <c r="GH53"/>
       <c r="GI53"/>
       <c r="GJ53"/>
       <c r="GK53"/>
       <c r="GL53"/>
       <c r="GM53"/>
       <c r="GN53"/>
       <c r="GO53"/>
       <c r="GP53"/>
       <c r="GQ53"/>
       <c r="GR53"/>
+      <c r="GS53"/>
     </row>
-    <row r="54" spans="1:200">
-      <c r="B54"/>
+    <row r="54" spans="1:201">
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54"/>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54"/>
       <c r="V54"/>
       <c r="W54"/>
       <c r="X54"/>
       <c r="Y54"/>
       <c r="Z54"/>
       <c r="AA54"/>
@@ -11368,56 +11368,56 @@
       <c r="FT54"/>
       <c r="FU54"/>
       <c r="FV54"/>
       <c r="FW54"/>
       <c r="FX54"/>
       <c r="FY54"/>
       <c r="FZ54"/>
       <c r="GA54"/>
       <c r="GB54"/>
       <c r="GC54"/>
       <c r="GD54"/>
       <c r="GE54"/>
       <c r="GF54"/>
       <c r="GG54"/>
       <c r="GH54"/>
       <c r="GI54"/>
       <c r="GJ54"/>
       <c r="GK54"/>
       <c r="GL54"/>
       <c r="GM54"/>
       <c r="GN54"/>
       <c r="GO54"/>
       <c r="GP54"/>
       <c r="GQ54"/>
       <c r="GR54"/>
+      <c r="GS54"/>
     </row>
-    <row r="55" spans="1:200">
-      <c r="B55" t="s">
+    <row r="55" spans="1:201">
+      <c r="C55" t="s">
         <v>22</v>
       </c>
-      <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55"/>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55"/>
       <c r="X55"/>
       <c r="Y55"/>
       <c r="Z55"/>
       <c r="AA55"/>
       <c r="AB55"/>
@@ -11571,53 +11571,53 @@
       <c r="FT55"/>
       <c r="FU55"/>
       <c r="FV55"/>
       <c r="FW55"/>
       <c r="FX55"/>
       <c r="FY55"/>
       <c r="FZ55"/>
       <c r="GA55"/>
       <c r="GB55"/>
       <c r="GC55"/>
       <c r="GD55"/>
       <c r="GE55"/>
       <c r="GF55"/>
       <c r="GG55"/>
       <c r="GH55"/>
       <c r="GI55"/>
       <c r="GJ55"/>
       <c r="GK55"/>
       <c r="GL55"/>
       <c r="GM55"/>
       <c r="GN55"/>
       <c r="GO55"/>
       <c r="GP55"/>
       <c r="GQ55"/>
       <c r="GR55"/>
+      <c r="GS55"/>
     </row>
-    <row r="56" spans="1:200">
-      <c r="B56"/>
+    <row r="56" spans="1:201">
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56"/>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56"/>
       <c r="V56"/>
       <c r="W56"/>
       <c r="X56"/>
       <c r="Y56"/>
       <c r="Z56"/>
       <c r="AA56"/>
@@ -11772,53 +11772,53 @@
       <c r="FT56"/>
       <c r="FU56"/>
       <c r="FV56"/>
       <c r="FW56"/>
       <c r="FX56"/>
       <c r="FY56"/>
       <c r="FZ56"/>
       <c r="GA56"/>
       <c r="GB56"/>
       <c r="GC56"/>
       <c r="GD56"/>
       <c r="GE56"/>
       <c r="GF56"/>
       <c r="GG56"/>
       <c r="GH56"/>
       <c r="GI56"/>
       <c r="GJ56"/>
       <c r="GK56"/>
       <c r="GL56"/>
       <c r="GM56"/>
       <c r="GN56"/>
       <c r="GO56"/>
       <c r="GP56"/>
       <c r="GQ56"/>
       <c r="GR56"/>
+      <c r="GS56"/>
     </row>
-    <row r="57" spans="1:200">
-      <c r="B57"/>
+    <row r="57" spans="1:201">
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57"/>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57"/>
       <c r="V57"/>
       <c r="W57"/>
       <c r="X57"/>
       <c r="Y57"/>
       <c r="Z57"/>
       <c r="AA57"/>
@@ -11973,56 +11973,56 @@
       <c r="FT57"/>
       <c r="FU57"/>
       <c r="FV57"/>
       <c r="FW57"/>
       <c r="FX57"/>
       <c r="FY57"/>
       <c r="FZ57"/>
       <c r="GA57"/>
       <c r="GB57"/>
       <c r="GC57"/>
       <c r="GD57"/>
       <c r="GE57"/>
       <c r="GF57"/>
       <c r="GG57"/>
       <c r="GH57"/>
       <c r="GI57"/>
       <c r="GJ57"/>
       <c r="GK57"/>
       <c r="GL57"/>
       <c r="GM57"/>
       <c r="GN57"/>
       <c r="GO57"/>
       <c r="GP57"/>
       <c r="GQ57"/>
       <c r="GR57"/>
+      <c r="GS57"/>
     </row>
-    <row r="58" spans="1:200">
-      <c r="B58" s="2" t="s">
+    <row r="58" spans="1:201">
+      <c r="C58" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58"/>
       <c r="X58"/>
       <c r="Y58"/>
       <c r="Z58"/>
       <c r="AA58"/>
       <c r="AB58"/>
@@ -12176,53 +12176,53 @@
       <c r="FT58"/>
       <c r="FU58"/>
       <c r="FV58"/>
       <c r="FW58"/>
       <c r="FX58"/>
       <c r="FY58"/>
       <c r="FZ58"/>
       <c r="GA58"/>
       <c r="GB58"/>
       <c r="GC58"/>
       <c r="GD58"/>
       <c r="GE58"/>
       <c r="GF58"/>
       <c r="GG58"/>
       <c r="GH58"/>
       <c r="GI58"/>
       <c r="GJ58"/>
       <c r="GK58"/>
       <c r="GL58"/>
       <c r="GM58"/>
       <c r="GN58"/>
       <c r="GO58"/>
       <c r="GP58"/>
       <c r="GQ58"/>
       <c r="GR58"/>
+      <c r="GS58"/>
     </row>
-    <row r="59" spans="1:200">
-      <c r="B59"/>
+    <row r="59" spans="1:201">
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59"/>
       <c r="V59"/>
       <c r="W59"/>
       <c r="X59"/>
       <c r="Y59"/>
       <c r="Z59"/>
       <c r="AA59"/>
@@ -12377,65 +12377,65 @@
       <c r="FT59"/>
       <c r="FU59"/>
       <c r="FV59"/>
       <c r="FW59"/>
       <c r="FX59"/>
       <c r="FY59"/>
       <c r="FZ59"/>
       <c r="GA59"/>
       <c r="GB59"/>
       <c r="GC59"/>
       <c r="GD59"/>
       <c r="GE59"/>
       <c r="GF59"/>
       <c r="GG59"/>
       <c r="GH59"/>
       <c r="GI59"/>
       <c r="GJ59"/>
       <c r="GK59"/>
       <c r="GL59"/>
       <c r="GM59"/>
       <c r="GN59"/>
       <c r="GO59"/>
       <c r="GP59"/>
       <c r="GQ59"/>
       <c r="GR59"/>
+      <c r="GS59"/>
     </row>
-    <row r="60" spans="1:200">
-      <c r="B60" s="1" t="s">
+    <row r="60" spans="1:201">
+      <c r="C60" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="E60" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
-      <c r="H60"/>
+      <c r="H60" s="1"/>
       <c r="I60"/>
       <c r="J60"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60"/>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60"/>
       <c r="V60"/>
       <c r="W60"/>
       <c r="X60"/>
       <c r="Y60"/>
       <c r="Z60"/>
       <c r="AA60"/>
       <c r="AB60"/>
       <c r="AC60"/>
       <c r="AD60"/>
       <c r="AE60"/>
       <c r="AF60"/>
       <c r="AG60"/>
@@ -12584,63 +12584,63 @@
       <c r="FT60"/>
       <c r="FU60"/>
       <c r="FV60"/>
       <c r="FW60"/>
       <c r="FX60"/>
       <c r="FY60"/>
       <c r="FZ60"/>
       <c r="GA60"/>
       <c r="GB60"/>
       <c r="GC60"/>
       <c r="GD60"/>
       <c r="GE60"/>
       <c r="GF60"/>
       <c r="GG60"/>
       <c r="GH60"/>
       <c r="GI60"/>
       <c r="GJ60"/>
       <c r="GK60"/>
       <c r="GL60"/>
       <c r="GM60"/>
       <c r="GN60"/>
       <c r="GO60"/>
       <c r="GP60"/>
       <c r="GQ60"/>
       <c r="GR60"/>
+      <c r="GS60"/>
     </row>
-    <row r="61" spans="1:200">
-[...2 lines deleted...]
-      </c>
+    <row r="61" spans="1:201">
       <c r="C61" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D61" s="7"/>
-      <c r="E61" s="1"/>
+      <c r="D61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E61" s="7"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
-      <c r="H61"/>
+      <c r="H61" s="1"/>
       <c r="I61"/>
       <c r="J61"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61"/>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61"/>
       <c r="V61"/>
       <c r="W61"/>
       <c r="X61"/>
       <c r="Y61"/>
       <c r="Z61"/>
       <c r="AA61"/>
       <c r="AB61"/>
       <c r="AC61"/>
       <c r="AD61"/>
       <c r="AE61"/>
       <c r="AF61"/>
       <c r="AG61"/>
@@ -12789,53 +12789,53 @@
       <c r="FT61"/>
       <c r="FU61"/>
       <c r="FV61"/>
       <c r="FW61"/>
       <c r="FX61"/>
       <c r="FY61"/>
       <c r="FZ61"/>
       <c r="GA61"/>
       <c r="GB61"/>
       <c r="GC61"/>
       <c r="GD61"/>
       <c r="GE61"/>
       <c r="GF61"/>
       <c r="GG61"/>
       <c r="GH61"/>
       <c r="GI61"/>
       <c r="GJ61"/>
       <c r="GK61"/>
       <c r="GL61"/>
       <c r="GM61"/>
       <c r="GN61"/>
       <c r="GO61"/>
       <c r="GP61"/>
       <c r="GQ61"/>
       <c r="GR61"/>
+      <c r="GS61"/>
     </row>
-    <row r="62" spans="1:200">
-      <c r="B62"/>
+    <row r="62" spans="1:201">
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62"/>
       <c r="I62"/>
       <c r="J62"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62"/>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62"/>
       <c r="V62"/>
       <c r="W62"/>
       <c r="X62"/>
       <c r="Y62"/>
       <c r="Z62"/>
       <c r="AA62"/>
@@ -12990,56 +12990,56 @@
       <c r="FT62"/>
       <c r="FU62"/>
       <c r="FV62"/>
       <c r="FW62"/>
       <c r="FX62"/>
       <c r="FY62"/>
       <c r="FZ62"/>
       <c r="GA62"/>
       <c r="GB62"/>
       <c r="GC62"/>
       <c r="GD62"/>
       <c r="GE62"/>
       <c r="GF62"/>
       <c r="GG62"/>
       <c r="GH62"/>
       <c r="GI62"/>
       <c r="GJ62"/>
       <c r="GK62"/>
       <c r="GL62"/>
       <c r="GM62"/>
       <c r="GN62"/>
       <c r="GO62"/>
       <c r="GP62"/>
       <c r="GQ62"/>
       <c r="GR62"/>
+      <c r="GS62"/>
     </row>
-    <row r="63" spans="1:200">
-      <c r="B63" t="s">
+    <row r="63" spans="1:201">
+      <c r="C63" t="s">
         <v>16</v>
       </c>
-      <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63"/>
       <c r="V63"/>
       <c r="W63"/>
       <c r="X63"/>
       <c r="Y63"/>
       <c r="Z63"/>
       <c r="AA63"/>
       <c r="AB63"/>
@@ -13193,53 +13193,53 @@
       <c r="FT63"/>
       <c r="FU63"/>
       <c r="FV63"/>
       <c r="FW63"/>
       <c r="FX63"/>
       <c r="FY63"/>
       <c r="FZ63"/>
       <c r="GA63"/>
       <c r="GB63"/>
       <c r="GC63"/>
       <c r="GD63"/>
       <c r="GE63"/>
       <c r="GF63"/>
       <c r="GG63"/>
       <c r="GH63"/>
       <c r="GI63"/>
       <c r="GJ63"/>
       <c r="GK63"/>
       <c r="GL63"/>
       <c r="GM63"/>
       <c r="GN63"/>
       <c r="GO63"/>
       <c r="GP63"/>
       <c r="GQ63"/>
       <c r="GR63"/>
+      <c r="GS63"/>
     </row>
-    <row r="64" spans="1:200">
-      <c r="B64"/>
+    <row r="64" spans="1:201">
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
       <c r="AA64"/>
@@ -13394,53 +13394,53 @@
       <c r="FT64"/>
       <c r="FU64"/>
       <c r="FV64"/>
       <c r="FW64"/>
       <c r="FX64"/>
       <c r="FY64"/>
       <c r="FZ64"/>
       <c r="GA64"/>
       <c r="GB64"/>
       <c r="GC64"/>
       <c r="GD64"/>
       <c r="GE64"/>
       <c r="GF64"/>
       <c r="GG64"/>
       <c r="GH64"/>
       <c r="GI64"/>
       <c r="GJ64"/>
       <c r="GK64"/>
       <c r="GL64"/>
       <c r="GM64"/>
       <c r="GN64"/>
       <c r="GO64"/>
       <c r="GP64"/>
       <c r="GQ64"/>
       <c r="GR64"/>
+      <c r="GS64"/>
     </row>
-    <row r="65" spans="1:200">
-      <c r="B65"/>
+    <row r="65" spans="1:201">
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
       <c r="I65"/>
       <c r="J65"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65"/>
       <c r="V65"/>
       <c r="W65"/>
       <c r="X65"/>
       <c r="Y65"/>
       <c r="Z65"/>
       <c r="AA65"/>
@@ -13595,56 +13595,56 @@
       <c r="FT65"/>
       <c r="FU65"/>
       <c r="FV65"/>
       <c r="FW65"/>
       <c r="FX65"/>
       <c r="FY65"/>
       <c r="FZ65"/>
       <c r="GA65"/>
       <c r="GB65"/>
       <c r="GC65"/>
       <c r="GD65"/>
       <c r="GE65"/>
       <c r="GF65"/>
       <c r="GG65"/>
       <c r="GH65"/>
       <c r="GI65"/>
       <c r="GJ65"/>
       <c r="GK65"/>
       <c r="GL65"/>
       <c r="GM65"/>
       <c r="GN65"/>
       <c r="GO65"/>
       <c r="GP65"/>
       <c r="GQ65"/>
       <c r="GR65"/>
+      <c r="GS65"/>
     </row>
-    <row r="66" spans="1:200">
-      <c r="B66" s="2" t="s">
+    <row r="66" spans="1:201">
+      <c r="C66" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
       <c r="I66"/>
       <c r="J66"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
       <c r="W66"/>
       <c r="X66"/>
       <c r="Y66"/>
       <c r="Z66"/>
       <c r="AA66"/>
       <c r="AB66"/>
@@ -13798,53 +13798,53 @@
       <c r="FT66"/>
       <c r="FU66"/>
       <c r="FV66"/>
       <c r="FW66"/>
       <c r="FX66"/>
       <c r="FY66"/>
       <c r="FZ66"/>
       <c r="GA66"/>
       <c r="GB66"/>
       <c r="GC66"/>
       <c r="GD66"/>
       <c r="GE66"/>
       <c r="GF66"/>
       <c r="GG66"/>
       <c r="GH66"/>
       <c r="GI66"/>
       <c r="GJ66"/>
       <c r="GK66"/>
       <c r="GL66"/>
       <c r="GM66"/>
       <c r="GN66"/>
       <c r="GO66"/>
       <c r="GP66"/>
       <c r="GQ66"/>
       <c r="GR66"/>
+      <c r="GS66"/>
     </row>
-    <row r="67" spans="1:200">
-      <c r="B67"/>
+    <row r="67" spans="1:201">
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67"/>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67"/>
       <c r="V67"/>
       <c r="W67"/>
       <c r="X67"/>
       <c r="Y67"/>
       <c r="Z67"/>
       <c r="AA67"/>
@@ -13999,80 +13999,80 @@
       <c r="FT67"/>
       <c r="FU67"/>
       <c r="FV67"/>
       <c r="FW67"/>
       <c r="FX67"/>
       <c r="FY67"/>
       <c r="FZ67"/>
       <c r="GA67"/>
       <c r="GB67"/>
       <c r="GC67"/>
       <c r="GD67"/>
       <c r="GE67"/>
       <c r="GF67"/>
       <c r="GG67"/>
       <c r="GH67"/>
       <c r="GI67"/>
       <c r="GJ67"/>
       <c r="GK67"/>
       <c r="GL67"/>
       <c r="GM67"/>
       <c r="GN67"/>
       <c r="GO67"/>
       <c r="GP67"/>
       <c r="GQ67"/>
       <c r="GR67"/>
+      <c r="GS67"/>
     </row>
-    <row r="68" spans="1:200">
-      <c r="B68" s="1" t="s">
+    <row r="68" spans="1:201">
+      <c r="C68" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="E68" s="1" t="s">
+      <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="F68" s="1" t="s">
+      <c r="G68" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="G68" s="1" t="s">
+      <c r="H68" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="H68" s="1" t="s">
+      <c r="I68" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="I68" s="1" t="s">
+      <c r="J68" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="J68" s="1" t="s">
+      <c r="K68" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68"/>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68"/>
       <c r="V68"/>
       <c r="W68"/>
       <c r="X68"/>
       <c r="Y68"/>
       <c r="Z68"/>
       <c r="AA68"/>
       <c r="AB68"/>
       <c r="AC68"/>
       <c r="AD68"/>
       <c r="AE68"/>
       <c r="AF68"/>
       <c r="AG68"/>
       <c r="AH68"/>
       <c r="AI68"/>
       <c r="AJ68"/>
@@ -14218,72 +14218,72 @@
       <c r="FT68"/>
       <c r="FU68"/>
       <c r="FV68"/>
       <c r="FW68"/>
       <c r="FX68"/>
       <c r="FY68"/>
       <c r="FZ68"/>
       <c r="GA68"/>
       <c r="GB68"/>
       <c r="GC68"/>
       <c r="GD68"/>
       <c r="GE68"/>
       <c r="GF68"/>
       <c r="GG68"/>
       <c r="GH68"/>
       <c r="GI68"/>
       <c r="GJ68"/>
       <c r="GK68"/>
       <c r="GL68"/>
       <c r="GM68"/>
       <c r="GN68"/>
       <c r="GO68"/>
       <c r="GP68"/>
       <c r="GQ68"/>
       <c r="GR68"/>
+      <c r="GS68"/>
     </row>
-    <row r="69" spans="1:200">
-      <c r="B69" t="s">
+    <row r="69" spans="1:201">
+      <c r="C69" t="s">
         <v>5</v>
       </c>
-      <c r="C69">
+      <c r="D69">
         <v>200</v>
       </c>
-      <c r="D69">
+      <c r="E69">
         <v>23.36</v>
       </c>
-      <c r="E69">
+      <c r="F69">
         <v>25</v>
       </c>
-      <c r="F69" s="9"/>
-[...1 lines deleted...]
-      <c r="H69">
+      <c r="G69" s="9"/>
+      <c r="H69" s="14"/>
+      <c r="I69">
         <v>20</v>
       </c>
-      <c r="I69" s="9"/>
-[...1 lines deleted...]
-      <c r="K69"/>
+      <c r="J69" s="9"/>
+      <c r="K69" s="7"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69"/>
       <c r="V69"/>
       <c r="W69"/>
       <c r="X69"/>
       <c r="Y69"/>
       <c r="Z69"/>
       <c r="AA69"/>
       <c r="AB69"/>
       <c r="AC69"/>
       <c r="AD69"/>
       <c r="AE69"/>
       <c r="AF69"/>
       <c r="AG69"/>
       <c r="AH69"/>
       <c r="AI69"/>
       <c r="AJ69"/>
@@ -14429,53 +14429,53 @@
       <c r="FT69"/>
       <c r="FU69"/>
       <c r="FV69"/>
       <c r="FW69"/>
       <c r="FX69"/>
       <c r="FY69"/>
       <c r="FZ69"/>
       <c r="GA69"/>
       <c r="GB69"/>
       <c r="GC69"/>
       <c r="GD69"/>
       <c r="GE69"/>
       <c r="GF69"/>
       <c r="GG69"/>
       <c r="GH69"/>
       <c r="GI69"/>
       <c r="GJ69"/>
       <c r="GK69"/>
       <c r="GL69"/>
       <c r="GM69"/>
       <c r="GN69"/>
       <c r="GO69"/>
       <c r="GP69"/>
       <c r="GQ69"/>
       <c r="GR69"/>
+      <c r="GS69"/>
     </row>
-    <row r="70" spans="1:200">
-      <c r="B70"/>
+    <row r="70" spans="1:201">
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
       <c r="I70"/>
       <c r="J70"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70"/>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70"/>
       <c r="V70"/>
       <c r="W70"/>
       <c r="X70"/>
       <c r="Y70"/>
       <c r="Z70"/>
       <c r="AA70"/>
@@ -14630,56 +14630,56 @@
       <c r="FT70"/>
       <c r="FU70"/>
       <c r="FV70"/>
       <c r="FW70"/>
       <c r="FX70"/>
       <c r="FY70"/>
       <c r="FZ70"/>
       <c r="GA70"/>
       <c r="GB70"/>
       <c r="GC70"/>
       <c r="GD70"/>
       <c r="GE70"/>
       <c r="GF70"/>
       <c r="GG70"/>
       <c r="GH70"/>
       <c r="GI70"/>
       <c r="GJ70"/>
       <c r="GK70"/>
       <c r="GL70"/>
       <c r="GM70"/>
       <c r="GN70"/>
       <c r="GO70"/>
       <c r="GP70"/>
       <c r="GQ70"/>
       <c r="GR70"/>
+      <c r="GS70"/>
     </row>
-    <row r="71" spans="1:200">
-      <c r="B71" t="s">
+    <row r="71" spans="1:201">
+      <c r="C71" t="s">
         <v>4</v>
       </c>
-      <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71"/>
       <c r="V71"/>
       <c r="W71"/>
       <c r="X71"/>
       <c r="Y71"/>
       <c r="Z71"/>
       <c r="AA71"/>
       <c r="AB71"/>
@@ -14833,53 +14833,53 @@
       <c r="FT71"/>
       <c r="FU71"/>
       <c r="FV71"/>
       <c r="FW71"/>
       <c r="FX71"/>
       <c r="FY71"/>
       <c r="FZ71"/>
       <c r="GA71"/>
       <c r="GB71"/>
       <c r="GC71"/>
       <c r="GD71"/>
       <c r="GE71"/>
       <c r="GF71"/>
       <c r="GG71"/>
       <c r="GH71"/>
       <c r="GI71"/>
       <c r="GJ71"/>
       <c r="GK71"/>
       <c r="GL71"/>
       <c r="GM71"/>
       <c r="GN71"/>
       <c r="GO71"/>
       <c r="GP71"/>
       <c r="GQ71"/>
       <c r="GR71"/>
+      <c r="GS71"/>
     </row>
-    <row r="72" spans="1:200">
-      <c r="B72"/>
+    <row r="72" spans="1:201">
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72"/>
       <c r="V72"/>
       <c r="W72"/>
       <c r="X72"/>
       <c r="Y72"/>
       <c r="Z72"/>
       <c r="AA72"/>
@@ -15034,53 +15034,53 @@
       <c r="FT72"/>
       <c r="FU72"/>
       <c r="FV72"/>
       <c r="FW72"/>
       <c r="FX72"/>
       <c r="FY72"/>
       <c r="FZ72"/>
       <c r="GA72"/>
       <c r="GB72"/>
       <c r="GC72"/>
       <c r="GD72"/>
       <c r="GE72"/>
       <c r="GF72"/>
       <c r="GG72"/>
       <c r="GH72"/>
       <c r="GI72"/>
       <c r="GJ72"/>
       <c r="GK72"/>
       <c r="GL72"/>
       <c r="GM72"/>
       <c r="GN72"/>
       <c r="GO72"/>
       <c r="GP72"/>
       <c r="GQ72"/>
       <c r="GR72"/>
+      <c r="GS72"/>
     </row>
-    <row r="73" spans="1:200">
-      <c r="B73"/>
+    <row r="73" spans="1:201">
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73"/>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73"/>
       <c r="V73"/>
       <c r="W73"/>
       <c r="X73"/>
       <c r="Y73"/>
       <c r="Z73"/>
       <c r="AA73"/>
@@ -15235,56 +15235,56 @@
       <c r="FT73"/>
       <c r="FU73"/>
       <c r="FV73"/>
       <c r="FW73"/>
       <c r="FX73"/>
       <c r="FY73"/>
       <c r="FZ73"/>
       <c r="GA73"/>
       <c r="GB73"/>
       <c r="GC73"/>
       <c r="GD73"/>
       <c r="GE73"/>
       <c r="GF73"/>
       <c r="GG73"/>
       <c r="GH73"/>
       <c r="GI73"/>
       <c r="GJ73"/>
       <c r="GK73"/>
       <c r="GL73"/>
       <c r="GM73"/>
       <c r="GN73"/>
       <c r="GO73"/>
       <c r="GP73"/>
       <c r="GQ73"/>
       <c r="GR73"/>
+      <c r="GS73"/>
     </row>
-    <row r="74" spans="1:200">
-      <c r="B74" s="2" t="s">
+    <row r="74" spans="1:201">
+      <c r="C74" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74"/>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74"/>
       <c r="V74"/>
       <c r="W74"/>
       <c r="X74"/>
       <c r="Y74"/>
       <c r="Z74"/>
       <c r="AA74"/>
       <c r="AB74"/>
@@ -15438,53 +15438,53 @@
       <c r="FT74"/>
       <c r="FU74"/>
       <c r="FV74"/>
       <c r="FW74"/>
       <c r="FX74"/>
       <c r="FY74"/>
       <c r="FZ74"/>
       <c r="GA74"/>
       <c r="GB74"/>
       <c r="GC74"/>
       <c r="GD74"/>
       <c r="GE74"/>
       <c r="GF74"/>
       <c r="GG74"/>
       <c r="GH74"/>
       <c r="GI74"/>
       <c r="GJ74"/>
       <c r="GK74"/>
       <c r="GL74"/>
       <c r="GM74"/>
       <c r="GN74"/>
       <c r="GO74"/>
       <c r="GP74"/>
       <c r="GQ74"/>
       <c r="GR74"/>
+      <c r="GS74"/>
     </row>
-    <row r="75" spans="1:200">
-      <c r="B75"/>
+    <row r="75" spans="1:201">
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75"/>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75"/>
       <c r="V75"/>
       <c r="W75"/>
       <c r="X75"/>
       <c r="Y75"/>
       <c r="Z75"/>
       <c r="AA75"/>
@@ -15639,65 +15639,65 @@
       <c r="FT75"/>
       <c r="FU75"/>
       <c r="FV75"/>
       <c r="FW75"/>
       <c r="FX75"/>
       <c r="FY75"/>
       <c r="FZ75"/>
       <c r="GA75"/>
       <c r="GB75"/>
       <c r="GC75"/>
       <c r="GD75"/>
       <c r="GE75"/>
       <c r="GF75"/>
       <c r="GG75"/>
       <c r="GH75"/>
       <c r="GI75"/>
       <c r="GJ75"/>
       <c r="GK75"/>
       <c r="GL75"/>
       <c r="GM75"/>
       <c r="GN75"/>
       <c r="GO75"/>
       <c r="GP75"/>
       <c r="GQ75"/>
       <c r="GR75"/>
+      <c r="GS75"/>
     </row>
-    <row r="76" spans="1:200">
-      <c r="B76" s="1" t="s">
+    <row r="76" spans="1:201">
+      <c r="C76" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C76" s="10" t="s">
+      <c r="D76" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
-      <c r="G76" s="1"/>
+      <c r="G76"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
-      <c r="J76"/>
+      <c r="J76" s="1"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76"/>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76"/>
       <c r="V76"/>
       <c r="W76"/>
       <c r="X76"/>
       <c r="Y76"/>
       <c r="Z76"/>
       <c r="AA76"/>
       <c r="AB76"/>
       <c r="AC76"/>
       <c r="AD76"/>
       <c r="AE76"/>
       <c r="AF76"/>
       <c r="AG76"/>
       <c r="AH76"/>
       <c r="AI76"/>
@@ -15844,62 +15844,62 @@
       <c r="FT76"/>
       <c r="FU76"/>
       <c r="FV76"/>
       <c r="FW76"/>
       <c r="FX76"/>
       <c r="FY76"/>
       <c r="FZ76"/>
       <c r="GA76"/>
       <c r="GB76"/>
       <c r="GC76"/>
       <c r="GD76"/>
       <c r="GE76"/>
       <c r="GF76"/>
       <c r="GG76"/>
       <c r="GH76"/>
       <c r="GI76"/>
       <c r="GJ76"/>
       <c r="GK76"/>
       <c r="GL76"/>
       <c r="GM76"/>
       <c r="GN76"/>
       <c r="GO76"/>
       <c r="GP76"/>
       <c r="GQ76"/>
       <c r="GR76"/>
+      <c r="GS76"/>
     </row>
-    <row r="77" spans="1:200">
-      <c r="B77" s="13">
+    <row r="77" spans="1:201">
+      <c r="C77" s="13">
         <v>42000</v>
       </c>
-      <c r="C77" s="11"/>
-      <c r="D77"/>
+      <c r="D77" s="11"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
-      <c r="H77" s="12"/>
-      <c r="I77"/>
+      <c r="H77"/>
+      <c r="I77" s="12"/>
       <c r="J77"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77"/>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77"/>
       <c r="V77"/>
       <c r="W77"/>
       <c r="X77"/>
       <c r="Y77"/>
       <c r="Z77"/>
       <c r="AA77"/>
       <c r="AB77"/>
       <c r="AC77"/>
       <c r="AD77"/>
       <c r="AE77"/>
       <c r="AF77"/>
       <c r="AG77"/>
       <c r="AH77"/>
@@ -16047,53 +16047,53 @@
       <c r="FT77"/>
       <c r="FU77"/>
       <c r="FV77"/>
       <c r="FW77"/>
       <c r="FX77"/>
       <c r="FY77"/>
       <c r="FZ77"/>
       <c r="GA77"/>
       <c r="GB77"/>
       <c r="GC77"/>
       <c r="GD77"/>
       <c r="GE77"/>
       <c r="GF77"/>
       <c r="GG77"/>
       <c r="GH77"/>
       <c r="GI77"/>
       <c r="GJ77"/>
       <c r="GK77"/>
       <c r="GL77"/>
       <c r="GM77"/>
       <c r="GN77"/>
       <c r="GO77"/>
       <c r="GP77"/>
       <c r="GQ77"/>
       <c r="GR77"/>
+      <c r="GS77"/>
     </row>
-    <row r="78" spans="1:200">
-      <c r="B78"/>
+    <row r="78" spans="1:201">
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78"/>
       <c r="I78"/>
       <c r="J78"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78"/>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78"/>
       <c r="V78"/>
       <c r="W78"/>
       <c r="X78"/>
       <c r="Y78"/>
       <c r="Z78"/>
       <c r="AA78"/>
@@ -16248,56 +16248,56 @@
       <c r="FT78"/>
       <c r="FU78"/>
       <c r="FV78"/>
       <c r="FW78"/>
       <c r="FX78"/>
       <c r="FY78"/>
       <c r="FZ78"/>
       <c r="GA78"/>
       <c r="GB78"/>
       <c r="GC78"/>
       <c r="GD78"/>
       <c r="GE78"/>
       <c r="GF78"/>
       <c r="GG78"/>
       <c r="GH78"/>
       <c r="GI78"/>
       <c r="GJ78"/>
       <c r="GK78"/>
       <c r="GL78"/>
       <c r="GM78"/>
       <c r="GN78"/>
       <c r="GO78"/>
       <c r="GP78"/>
       <c r="GQ78"/>
       <c r="GR78"/>
+      <c r="GS78"/>
     </row>
-    <row r="79" spans="1:200">
-      <c r="B79" t="s">
+    <row r="79" spans="1:201">
+      <c r="C79" t="s">
         <v>0</v>
       </c>
-      <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79"/>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79"/>
       <c r="V79"/>
       <c r="W79"/>
       <c r="X79"/>
       <c r="Y79"/>
       <c r="Z79"/>
       <c r="AA79"/>
       <c r="AB79"/>
@@ -16451,53 +16451,53 @@
       <c r="FT79"/>
       <c r="FU79"/>
       <c r="FV79"/>
       <c r="FW79"/>
       <c r="FX79"/>
       <c r="FY79"/>
       <c r="FZ79"/>
       <c r="GA79"/>
       <c r="GB79"/>
       <c r="GC79"/>
       <c r="GD79"/>
       <c r="GE79"/>
       <c r="GF79"/>
       <c r="GG79"/>
       <c r="GH79"/>
       <c r="GI79"/>
       <c r="GJ79"/>
       <c r="GK79"/>
       <c r="GL79"/>
       <c r="GM79"/>
       <c r="GN79"/>
       <c r="GO79"/>
       <c r="GP79"/>
       <c r="GQ79"/>
       <c r="GR79"/>
+      <c r="GS79"/>
     </row>
-    <row r="80" spans="1:200">
-      <c r="B80"/>
+    <row r="80" spans="1:201">
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80"/>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80"/>
       <c r="V80"/>
       <c r="W80"/>
       <c r="X80"/>
       <c r="Y80"/>
       <c r="Z80"/>
       <c r="AA80"/>
@@ -16652,53 +16652,53 @@
       <c r="FT80"/>
       <c r="FU80"/>
       <c r="FV80"/>
       <c r="FW80"/>
       <c r="FX80"/>
       <c r="FY80"/>
       <c r="FZ80"/>
       <c r="GA80"/>
       <c r="GB80"/>
       <c r="GC80"/>
       <c r="GD80"/>
       <c r="GE80"/>
       <c r="GF80"/>
       <c r="GG80"/>
       <c r="GH80"/>
       <c r="GI80"/>
       <c r="GJ80"/>
       <c r="GK80"/>
       <c r="GL80"/>
       <c r="GM80"/>
       <c r="GN80"/>
       <c r="GO80"/>
       <c r="GP80"/>
       <c r="GQ80"/>
       <c r="GR80"/>
+      <c r="GS80"/>
     </row>
-    <row r="81" spans="1:200">
-      <c r="B81"/>
+    <row r="81" spans="1:201">
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81"/>
       <c r="J81"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81"/>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81"/>
       <c r="V81"/>
       <c r="W81"/>
       <c r="X81"/>
       <c r="Y81"/>
       <c r="Z81"/>
       <c r="AA81"/>
@@ -16853,53 +16853,53 @@
       <c r="FT81"/>
       <c r="FU81"/>
       <c r="FV81"/>
       <c r="FW81"/>
       <c r="FX81"/>
       <c r="FY81"/>
       <c r="FZ81"/>
       <c r="GA81"/>
       <c r="GB81"/>
       <c r="GC81"/>
       <c r="GD81"/>
       <c r="GE81"/>
       <c r="GF81"/>
       <c r="GG81"/>
       <c r="GH81"/>
       <c r="GI81"/>
       <c r="GJ81"/>
       <c r="GK81"/>
       <c r="GL81"/>
       <c r="GM81"/>
       <c r="GN81"/>
       <c r="GO81"/>
       <c r="GP81"/>
       <c r="GQ81"/>
       <c r="GR81"/>
+      <c r="GS81"/>
     </row>
-    <row r="82" spans="1:200">
-      <c r="B82"/>
+    <row r="82" spans="1:201">
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82"/>
       <c r="J82"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82"/>
       <c r="R82"/>
       <c r="S82"/>
       <c r="T82"/>
       <c r="U82"/>
       <c r="V82"/>
       <c r="W82"/>
       <c r="X82"/>
       <c r="Y82"/>
       <c r="Z82"/>
       <c r="AA82"/>
@@ -17054,53 +17054,53 @@
       <c r="FT82"/>
       <c r="FU82"/>
       <c r="FV82"/>
       <c r="FW82"/>
       <c r="FX82"/>
       <c r="FY82"/>
       <c r="FZ82"/>
       <c r="GA82"/>
       <c r="GB82"/>
       <c r="GC82"/>
       <c r="GD82"/>
       <c r="GE82"/>
       <c r="GF82"/>
       <c r="GG82"/>
       <c r="GH82"/>
       <c r="GI82"/>
       <c r="GJ82"/>
       <c r="GK82"/>
       <c r="GL82"/>
       <c r="GM82"/>
       <c r="GN82"/>
       <c r="GO82"/>
       <c r="GP82"/>
       <c r="GQ82"/>
       <c r="GR82"/>
+      <c r="GS82"/>
     </row>
-    <row r="83" spans="1:200">
-      <c r="B83"/>
+    <row r="83" spans="1:201">
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83"/>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83"/>
       <c r="V83"/>
       <c r="W83"/>
       <c r="X83"/>
       <c r="Y83"/>
       <c r="Z83"/>
       <c r="AA83"/>
@@ -17255,53 +17255,53 @@
       <c r="FT83"/>
       <c r="FU83"/>
       <c r="FV83"/>
       <c r="FW83"/>
       <c r="FX83"/>
       <c r="FY83"/>
       <c r="FZ83"/>
       <c r="GA83"/>
       <c r="GB83"/>
       <c r="GC83"/>
       <c r="GD83"/>
       <c r="GE83"/>
       <c r="GF83"/>
       <c r="GG83"/>
       <c r="GH83"/>
       <c r="GI83"/>
       <c r="GJ83"/>
       <c r="GK83"/>
       <c r="GL83"/>
       <c r="GM83"/>
       <c r="GN83"/>
       <c r="GO83"/>
       <c r="GP83"/>
       <c r="GQ83"/>
       <c r="GR83"/>
+      <c r="GS83"/>
     </row>
-    <row r="84" spans="1:200">
-      <c r="B84"/>
+    <row r="84" spans="1:201">
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84"/>
       <c r="J84"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84"/>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84"/>
       <c r="V84"/>
       <c r="W84"/>
       <c r="X84"/>
       <c r="Y84"/>
       <c r="Z84"/>
       <c r="AA84"/>
@@ -17456,53 +17456,53 @@
       <c r="FT84"/>
       <c r="FU84"/>
       <c r="FV84"/>
       <c r="FW84"/>
       <c r="FX84"/>
       <c r="FY84"/>
       <c r="FZ84"/>
       <c r="GA84"/>
       <c r="GB84"/>
       <c r="GC84"/>
       <c r="GD84"/>
       <c r="GE84"/>
       <c r="GF84"/>
       <c r="GG84"/>
       <c r="GH84"/>
       <c r="GI84"/>
       <c r="GJ84"/>
       <c r="GK84"/>
       <c r="GL84"/>
       <c r="GM84"/>
       <c r="GN84"/>
       <c r="GO84"/>
       <c r="GP84"/>
       <c r="GQ84"/>
       <c r="GR84"/>
+      <c r="GS84"/>
     </row>
-    <row r="85" spans="1:200">
-      <c r="B85"/>
+    <row r="85" spans="1:201">
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
       <c r="I85"/>
       <c r="J85"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85"/>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85"/>
       <c r="V85"/>
       <c r="W85"/>
       <c r="X85"/>
       <c r="Y85"/>
       <c r="Z85"/>
       <c r="AA85"/>
@@ -17657,53 +17657,53 @@
       <c r="FT85"/>
       <c r="FU85"/>
       <c r="FV85"/>
       <c r="FW85"/>
       <c r="FX85"/>
       <c r="FY85"/>
       <c r="FZ85"/>
       <c r="GA85"/>
       <c r="GB85"/>
       <c r="GC85"/>
       <c r="GD85"/>
       <c r="GE85"/>
       <c r="GF85"/>
       <c r="GG85"/>
       <c r="GH85"/>
       <c r="GI85"/>
       <c r="GJ85"/>
       <c r="GK85"/>
       <c r="GL85"/>
       <c r="GM85"/>
       <c r="GN85"/>
       <c r="GO85"/>
       <c r="GP85"/>
       <c r="GQ85"/>
       <c r="GR85"/>
+      <c r="GS85"/>
     </row>
-    <row r="86" spans="1:200">
-      <c r="B86"/>
+    <row r="86" spans="1:201">
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
       <c r="I86"/>
       <c r="J86"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86"/>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86"/>
       <c r="V86"/>
       <c r="W86"/>
       <c r="X86"/>
       <c r="Y86"/>
       <c r="Z86"/>
       <c r="AA86"/>
@@ -17858,53 +17858,53 @@
       <c r="FT86"/>
       <c r="FU86"/>
       <c r="FV86"/>
       <c r="FW86"/>
       <c r="FX86"/>
       <c r="FY86"/>
       <c r="FZ86"/>
       <c r="GA86"/>
       <c r="GB86"/>
       <c r="GC86"/>
       <c r="GD86"/>
       <c r="GE86"/>
       <c r="GF86"/>
       <c r="GG86"/>
       <c r="GH86"/>
       <c r="GI86"/>
       <c r="GJ86"/>
       <c r="GK86"/>
       <c r="GL86"/>
       <c r="GM86"/>
       <c r="GN86"/>
       <c r="GO86"/>
       <c r="GP86"/>
       <c r="GQ86"/>
       <c r="GR86"/>
+      <c r="GS86"/>
     </row>
-    <row r="87" spans="1:200">
-      <c r="B87"/>
+    <row r="87" spans="1:201">
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87"/>
       <c r="I87"/>
       <c r="J87"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87"/>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87"/>
       <c r="V87"/>
       <c r="W87"/>
       <c r="X87"/>
       <c r="Y87"/>
       <c r="Z87"/>
       <c r="AA87"/>
@@ -18059,53 +18059,53 @@
       <c r="FT87"/>
       <c r="FU87"/>
       <c r="FV87"/>
       <c r="FW87"/>
       <c r="FX87"/>
       <c r="FY87"/>
       <c r="FZ87"/>
       <c r="GA87"/>
       <c r="GB87"/>
       <c r="GC87"/>
       <c r="GD87"/>
       <c r="GE87"/>
       <c r="GF87"/>
       <c r="GG87"/>
       <c r="GH87"/>
       <c r="GI87"/>
       <c r="GJ87"/>
       <c r="GK87"/>
       <c r="GL87"/>
       <c r="GM87"/>
       <c r="GN87"/>
       <c r="GO87"/>
       <c r="GP87"/>
       <c r="GQ87"/>
       <c r="GR87"/>
+      <c r="GS87"/>
     </row>
-    <row r="88" spans="1:200">
-      <c r="B88"/>
+    <row r="88" spans="1:201">
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88"/>
       <c r="I88"/>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88"/>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88"/>
       <c r="V88"/>
       <c r="W88"/>
       <c r="X88"/>
       <c r="Y88"/>
       <c r="Z88"/>
       <c r="AA88"/>
@@ -18260,53 +18260,53 @@
       <c r="FT88"/>
       <c r="FU88"/>
       <c r="FV88"/>
       <c r="FW88"/>
       <c r="FX88"/>
       <c r="FY88"/>
       <c r="FZ88"/>
       <c r="GA88"/>
       <c r="GB88"/>
       <c r="GC88"/>
       <c r="GD88"/>
       <c r="GE88"/>
       <c r="GF88"/>
       <c r="GG88"/>
       <c r="GH88"/>
       <c r="GI88"/>
       <c r="GJ88"/>
       <c r="GK88"/>
       <c r="GL88"/>
       <c r="GM88"/>
       <c r="GN88"/>
       <c r="GO88"/>
       <c r="GP88"/>
       <c r="GQ88"/>
       <c r="GR88"/>
+      <c r="GS88"/>
     </row>
-    <row r="89" spans="1:200">
-      <c r="B89"/>
+    <row r="89" spans="1:201">
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89"/>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89"/>
       <c r="V89"/>
       <c r="W89"/>
       <c r="X89"/>
       <c r="Y89"/>
       <c r="Z89"/>
       <c r="AA89"/>
@@ -18461,53 +18461,53 @@
       <c r="FT89"/>
       <c r="FU89"/>
       <c r="FV89"/>
       <c r="FW89"/>
       <c r="FX89"/>
       <c r="FY89"/>
       <c r="FZ89"/>
       <c r="GA89"/>
       <c r="GB89"/>
       <c r="GC89"/>
       <c r="GD89"/>
       <c r="GE89"/>
       <c r="GF89"/>
       <c r="GG89"/>
       <c r="GH89"/>
       <c r="GI89"/>
       <c r="GJ89"/>
       <c r="GK89"/>
       <c r="GL89"/>
       <c r="GM89"/>
       <c r="GN89"/>
       <c r="GO89"/>
       <c r="GP89"/>
       <c r="GQ89"/>
       <c r="GR89"/>
+      <c r="GS89"/>
     </row>
-    <row r="90" spans="1:200">
-      <c r="B90"/>
+    <row r="90" spans="1:201">
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90"/>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90"/>
       <c r="V90"/>
       <c r="W90"/>
       <c r="X90"/>
       <c r="Y90"/>
       <c r="Z90"/>
       <c r="AA90"/>
@@ -18662,53 +18662,53 @@
       <c r="FT90"/>
       <c r="FU90"/>
       <c r="FV90"/>
       <c r="FW90"/>
       <c r="FX90"/>
       <c r="FY90"/>
       <c r="FZ90"/>
       <c r="GA90"/>
       <c r="GB90"/>
       <c r="GC90"/>
       <c r="GD90"/>
       <c r="GE90"/>
       <c r="GF90"/>
       <c r="GG90"/>
       <c r="GH90"/>
       <c r="GI90"/>
       <c r="GJ90"/>
       <c r="GK90"/>
       <c r="GL90"/>
       <c r="GM90"/>
       <c r="GN90"/>
       <c r="GO90"/>
       <c r="GP90"/>
       <c r="GQ90"/>
       <c r="GR90"/>
+      <c r="GS90"/>
     </row>
-    <row r="91" spans="1:200">
-      <c r="B91"/>
+    <row r="91" spans="1:201">
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91"/>
       <c r="I91"/>
       <c r="J91"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91"/>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91"/>
       <c r="V91"/>
       <c r="W91"/>
       <c r="X91"/>
       <c r="Y91"/>
       <c r="Z91"/>
       <c r="AA91"/>
@@ -18863,53 +18863,53 @@
       <c r="FT91"/>
       <c r="FU91"/>
       <c r="FV91"/>
       <c r="FW91"/>
       <c r="FX91"/>
       <c r="FY91"/>
       <c r="FZ91"/>
       <c r="GA91"/>
       <c r="GB91"/>
       <c r="GC91"/>
       <c r="GD91"/>
       <c r="GE91"/>
       <c r="GF91"/>
       <c r="GG91"/>
       <c r="GH91"/>
       <c r="GI91"/>
       <c r="GJ91"/>
       <c r="GK91"/>
       <c r="GL91"/>
       <c r="GM91"/>
       <c r="GN91"/>
       <c r="GO91"/>
       <c r="GP91"/>
       <c r="GQ91"/>
       <c r="GR91"/>
+      <c r="GS91"/>
     </row>
-    <row r="92" spans="1:200">
-      <c r="B92"/>
+    <row r="92" spans="1:201">
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92"/>
       <c r="I92"/>
       <c r="J92"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92"/>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92"/>
       <c r="V92"/>
       <c r="W92"/>
       <c r="X92"/>
       <c r="Y92"/>
       <c r="Z92"/>
       <c r="AA92"/>
@@ -19064,53 +19064,53 @@
       <c r="FT92"/>
       <c r="FU92"/>
       <c r="FV92"/>
       <c r="FW92"/>
       <c r="FX92"/>
       <c r="FY92"/>
       <c r="FZ92"/>
       <c r="GA92"/>
       <c r="GB92"/>
       <c r="GC92"/>
       <c r="GD92"/>
       <c r="GE92"/>
       <c r="GF92"/>
       <c r="GG92"/>
       <c r="GH92"/>
       <c r="GI92"/>
       <c r="GJ92"/>
       <c r="GK92"/>
       <c r="GL92"/>
       <c r="GM92"/>
       <c r="GN92"/>
       <c r="GO92"/>
       <c r="GP92"/>
       <c r="GQ92"/>
       <c r="GR92"/>
+      <c r="GS92"/>
     </row>
-    <row r="93" spans="1:200">
-      <c r="B93"/>
+    <row r="93" spans="1:201">
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93"/>
       <c r="I93"/>
       <c r="J93"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93"/>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93"/>
       <c r="V93"/>
       <c r="W93"/>
       <c r="X93"/>
       <c r="Y93"/>
       <c r="Z93"/>
       <c r="AA93"/>
@@ -19265,53 +19265,53 @@
       <c r="FT93"/>
       <c r="FU93"/>
       <c r="FV93"/>
       <c r="FW93"/>
       <c r="FX93"/>
       <c r="FY93"/>
       <c r="FZ93"/>
       <c r="GA93"/>
       <c r="GB93"/>
       <c r="GC93"/>
       <c r="GD93"/>
       <c r="GE93"/>
       <c r="GF93"/>
       <c r="GG93"/>
       <c r="GH93"/>
       <c r="GI93"/>
       <c r="GJ93"/>
       <c r="GK93"/>
       <c r="GL93"/>
       <c r="GM93"/>
       <c r="GN93"/>
       <c r="GO93"/>
       <c r="GP93"/>
       <c r="GQ93"/>
       <c r="GR93"/>
+      <c r="GS93"/>
     </row>
-    <row r="94" spans="1:200">
-      <c r="B94"/>
+    <row r="94" spans="1:201">
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94"/>
       <c r="I94"/>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94"/>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94"/>
       <c r="V94"/>
       <c r="W94"/>
       <c r="X94"/>
       <c r="Y94"/>
       <c r="Z94"/>
       <c r="AA94"/>
@@ -19466,53 +19466,53 @@
       <c r="FT94"/>
       <c r="FU94"/>
       <c r="FV94"/>
       <c r="FW94"/>
       <c r="FX94"/>
       <c r="FY94"/>
       <c r="FZ94"/>
       <c r="GA94"/>
       <c r="GB94"/>
       <c r="GC94"/>
       <c r="GD94"/>
       <c r="GE94"/>
       <c r="GF94"/>
       <c r="GG94"/>
       <c r="GH94"/>
       <c r="GI94"/>
       <c r="GJ94"/>
       <c r="GK94"/>
       <c r="GL94"/>
       <c r="GM94"/>
       <c r="GN94"/>
       <c r="GO94"/>
       <c r="GP94"/>
       <c r="GQ94"/>
       <c r="GR94"/>
+      <c r="GS94"/>
     </row>
-    <row r="95" spans="1:200">
-      <c r="B95"/>
+    <row r="95" spans="1:201">
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
       <c r="I95"/>
       <c r="J95"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95"/>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95"/>
       <c r="V95"/>
       <c r="W95"/>
       <c r="X95"/>
       <c r="Y95"/>
       <c r="Z95"/>
       <c r="AA95"/>
@@ -19667,53 +19667,53 @@
       <c r="FT95"/>
       <c r="FU95"/>
       <c r="FV95"/>
       <c r="FW95"/>
       <c r="FX95"/>
       <c r="FY95"/>
       <c r="FZ95"/>
       <c r="GA95"/>
       <c r="GB95"/>
       <c r="GC95"/>
       <c r="GD95"/>
       <c r="GE95"/>
       <c r="GF95"/>
       <c r="GG95"/>
       <c r="GH95"/>
       <c r="GI95"/>
       <c r="GJ95"/>
       <c r="GK95"/>
       <c r="GL95"/>
       <c r="GM95"/>
       <c r="GN95"/>
       <c r="GO95"/>
       <c r="GP95"/>
       <c r="GQ95"/>
       <c r="GR95"/>
+      <c r="GS95"/>
     </row>
-    <row r="96" spans="1:200">
-      <c r="B96"/>
+    <row r="96" spans="1:201">
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
       <c r="J96"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96"/>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96"/>
       <c r="V96"/>
       <c r="W96"/>
       <c r="X96"/>
       <c r="Y96"/>
       <c r="Z96"/>
       <c r="AA96"/>
@@ -19868,53 +19868,53 @@
       <c r="FT96"/>
       <c r="FU96"/>
       <c r="FV96"/>
       <c r="FW96"/>
       <c r="FX96"/>
       <c r="FY96"/>
       <c r="FZ96"/>
       <c r="GA96"/>
       <c r="GB96"/>
       <c r="GC96"/>
       <c r="GD96"/>
       <c r="GE96"/>
       <c r="GF96"/>
       <c r="GG96"/>
       <c r="GH96"/>
       <c r="GI96"/>
       <c r="GJ96"/>
       <c r="GK96"/>
       <c r="GL96"/>
       <c r="GM96"/>
       <c r="GN96"/>
       <c r="GO96"/>
       <c r="GP96"/>
       <c r="GQ96"/>
       <c r="GR96"/>
+      <c r="GS96"/>
     </row>
-    <row r="97" spans="1:200">
-      <c r="B97"/>
+    <row r="97" spans="1:201">
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
       <c r="I97"/>
       <c r="J97"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97"/>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97"/>
       <c r="V97"/>
       <c r="W97"/>
       <c r="X97"/>
       <c r="Y97"/>
       <c r="Z97"/>
       <c r="AA97"/>
@@ -20069,53 +20069,53 @@
       <c r="FT97"/>
       <c r="FU97"/>
       <c r="FV97"/>
       <c r="FW97"/>
       <c r="FX97"/>
       <c r="FY97"/>
       <c r="FZ97"/>
       <c r="GA97"/>
       <c r="GB97"/>
       <c r="GC97"/>
       <c r="GD97"/>
       <c r="GE97"/>
       <c r="GF97"/>
       <c r="GG97"/>
       <c r="GH97"/>
       <c r="GI97"/>
       <c r="GJ97"/>
       <c r="GK97"/>
       <c r="GL97"/>
       <c r="GM97"/>
       <c r="GN97"/>
       <c r="GO97"/>
       <c r="GP97"/>
       <c r="GQ97"/>
       <c r="GR97"/>
+      <c r="GS97"/>
     </row>
-    <row r="98" spans="1:200">
-      <c r="B98"/>
+    <row r="98" spans="1:201">
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98"/>
       <c r="I98"/>
       <c r="J98"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98"/>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98"/>
       <c r="V98"/>
       <c r="W98"/>
       <c r="X98"/>
       <c r="Y98"/>
       <c r="Z98"/>
       <c r="AA98"/>
@@ -20270,53 +20270,53 @@
       <c r="FT98"/>
       <c r="FU98"/>
       <c r="FV98"/>
       <c r="FW98"/>
       <c r="FX98"/>
       <c r="FY98"/>
       <c r="FZ98"/>
       <c r="GA98"/>
       <c r="GB98"/>
       <c r="GC98"/>
       <c r="GD98"/>
       <c r="GE98"/>
       <c r="GF98"/>
       <c r="GG98"/>
       <c r="GH98"/>
       <c r="GI98"/>
       <c r="GJ98"/>
       <c r="GK98"/>
       <c r="GL98"/>
       <c r="GM98"/>
       <c r="GN98"/>
       <c r="GO98"/>
       <c r="GP98"/>
       <c r="GQ98"/>
       <c r="GR98"/>
+      <c r="GS98"/>
     </row>
-    <row r="99" spans="1:200">
-      <c r="B99"/>
+    <row r="99" spans="1:201">
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
       <c r="I99"/>
       <c r="J99"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99"/>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99"/>
       <c r="V99"/>
       <c r="W99"/>
       <c r="X99"/>
       <c r="Y99"/>
       <c r="Z99"/>
       <c r="AA99"/>
@@ -20471,53 +20471,53 @@
       <c r="FT99"/>
       <c r="FU99"/>
       <c r="FV99"/>
       <c r="FW99"/>
       <c r="FX99"/>
       <c r="FY99"/>
       <c r="FZ99"/>
       <c r="GA99"/>
       <c r="GB99"/>
       <c r="GC99"/>
       <c r="GD99"/>
       <c r="GE99"/>
       <c r="GF99"/>
       <c r="GG99"/>
       <c r="GH99"/>
       <c r="GI99"/>
       <c r="GJ99"/>
       <c r="GK99"/>
       <c r="GL99"/>
       <c r="GM99"/>
       <c r="GN99"/>
       <c r="GO99"/>
       <c r="GP99"/>
       <c r="GQ99"/>
       <c r="GR99"/>
+      <c r="GS99"/>
     </row>
-    <row r="100" spans="1:200">
-      <c r="B100"/>
+    <row r="100" spans="1:201">
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
       <c r="I100"/>
       <c r="J100"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100"/>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100"/>
       <c r="V100"/>
       <c r="W100"/>
       <c r="X100"/>
       <c r="Y100"/>
       <c r="Z100"/>
       <c r="AA100"/>
@@ -20672,53 +20672,53 @@
       <c r="FT100"/>
       <c r="FU100"/>
       <c r="FV100"/>
       <c r="FW100"/>
       <c r="FX100"/>
       <c r="FY100"/>
       <c r="FZ100"/>
       <c r="GA100"/>
       <c r="GB100"/>
       <c r="GC100"/>
       <c r="GD100"/>
       <c r="GE100"/>
       <c r="GF100"/>
       <c r="GG100"/>
       <c r="GH100"/>
       <c r="GI100"/>
       <c r="GJ100"/>
       <c r="GK100"/>
       <c r="GL100"/>
       <c r="GM100"/>
       <c r="GN100"/>
       <c r="GO100"/>
       <c r="GP100"/>
       <c r="GQ100"/>
       <c r="GR100"/>
+      <c r="GS100"/>
     </row>
-    <row r="101" spans="1:200">
-      <c r="B101"/>
+    <row r="101" spans="1:201">
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
       <c r="I101"/>
       <c r="J101"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101"/>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101"/>
       <c r="V101"/>
       <c r="W101"/>
       <c r="X101"/>
       <c r="Y101"/>
       <c r="Z101"/>
       <c r="AA101"/>
@@ -20873,53 +20873,53 @@
       <c r="FT101"/>
       <c r="FU101"/>
       <c r="FV101"/>
       <c r="FW101"/>
       <c r="FX101"/>
       <c r="FY101"/>
       <c r="FZ101"/>
       <c r="GA101"/>
       <c r="GB101"/>
       <c r="GC101"/>
       <c r="GD101"/>
       <c r="GE101"/>
       <c r="GF101"/>
       <c r="GG101"/>
       <c r="GH101"/>
       <c r="GI101"/>
       <c r="GJ101"/>
       <c r="GK101"/>
       <c r="GL101"/>
       <c r="GM101"/>
       <c r="GN101"/>
       <c r="GO101"/>
       <c r="GP101"/>
       <c r="GQ101"/>
       <c r="GR101"/>
+      <c r="GS101"/>
     </row>
-    <row r="102" spans="1:200">
-      <c r="B102"/>
+    <row r="102" spans="1:201">
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102"/>
       <c r="I102"/>
       <c r="J102"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102"/>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102"/>
       <c r="V102"/>
       <c r="W102"/>
       <c r="X102"/>
       <c r="Y102"/>
       <c r="Z102"/>
       <c r="AA102"/>
@@ -21074,53 +21074,53 @@
       <c r="FT102"/>
       <c r="FU102"/>
       <c r="FV102"/>
       <c r="FW102"/>
       <c r="FX102"/>
       <c r="FY102"/>
       <c r="FZ102"/>
       <c r="GA102"/>
       <c r="GB102"/>
       <c r="GC102"/>
       <c r="GD102"/>
       <c r="GE102"/>
       <c r="GF102"/>
       <c r="GG102"/>
       <c r="GH102"/>
       <c r="GI102"/>
       <c r="GJ102"/>
       <c r="GK102"/>
       <c r="GL102"/>
       <c r="GM102"/>
       <c r="GN102"/>
       <c r="GO102"/>
       <c r="GP102"/>
       <c r="GQ102"/>
       <c r="GR102"/>
+      <c r="GS102"/>
     </row>
-    <row r="103" spans="1:200">
-      <c r="B103"/>
+    <row r="103" spans="1:201">
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103"/>
       <c r="I103"/>
       <c r="J103"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103"/>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103"/>
       <c r="V103"/>
       <c r="W103"/>
       <c r="X103"/>
       <c r="Y103"/>
       <c r="Z103"/>
       <c r="AA103"/>
@@ -21275,53 +21275,53 @@
       <c r="FT103"/>
       <c r="FU103"/>
       <c r="FV103"/>
       <c r="FW103"/>
       <c r="FX103"/>
       <c r="FY103"/>
       <c r="FZ103"/>
       <c r="GA103"/>
       <c r="GB103"/>
       <c r="GC103"/>
       <c r="GD103"/>
       <c r="GE103"/>
       <c r="GF103"/>
       <c r="GG103"/>
       <c r="GH103"/>
       <c r="GI103"/>
       <c r="GJ103"/>
       <c r="GK103"/>
       <c r="GL103"/>
       <c r="GM103"/>
       <c r="GN103"/>
       <c r="GO103"/>
       <c r="GP103"/>
       <c r="GQ103"/>
       <c r="GR103"/>
+      <c r="GS103"/>
     </row>
-    <row r="104" spans="1:200">
-      <c r="B104"/>
+    <row r="104" spans="1:201">
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
       <c r="I104"/>
       <c r="J104"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104"/>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104"/>
       <c r="V104"/>
       <c r="W104"/>
       <c r="X104"/>
       <c r="Y104"/>
       <c r="Z104"/>
       <c r="AA104"/>
@@ -21476,53 +21476,53 @@
       <c r="FT104"/>
       <c r="FU104"/>
       <c r="FV104"/>
       <c r="FW104"/>
       <c r="FX104"/>
       <c r="FY104"/>
       <c r="FZ104"/>
       <c r="GA104"/>
       <c r="GB104"/>
       <c r="GC104"/>
       <c r="GD104"/>
       <c r="GE104"/>
       <c r="GF104"/>
       <c r="GG104"/>
       <c r="GH104"/>
       <c r="GI104"/>
       <c r="GJ104"/>
       <c r="GK104"/>
       <c r="GL104"/>
       <c r="GM104"/>
       <c r="GN104"/>
       <c r="GO104"/>
       <c r="GP104"/>
       <c r="GQ104"/>
       <c r="GR104"/>
+      <c r="GS104"/>
     </row>
-    <row r="105" spans="1:200">
-      <c r="B105"/>
+    <row r="105" spans="1:201">
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105"/>
       <c r="I105"/>
       <c r="J105"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105"/>
       <c r="R105"/>
       <c r="S105"/>
       <c r="T105"/>
       <c r="U105"/>
       <c r="V105"/>
       <c r="W105"/>
       <c r="X105"/>
       <c r="Y105"/>
       <c r="Z105"/>
       <c r="AA105"/>
@@ -21677,53 +21677,53 @@
       <c r="FT105"/>
       <c r="FU105"/>
       <c r="FV105"/>
       <c r="FW105"/>
       <c r="FX105"/>
       <c r="FY105"/>
       <c r="FZ105"/>
       <c r="GA105"/>
       <c r="GB105"/>
       <c r="GC105"/>
       <c r="GD105"/>
       <c r="GE105"/>
       <c r="GF105"/>
       <c r="GG105"/>
       <c r="GH105"/>
       <c r="GI105"/>
       <c r="GJ105"/>
       <c r="GK105"/>
       <c r="GL105"/>
       <c r="GM105"/>
       <c r="GN105"/>
       <c r="GO105"/>
       <c r="GP105"/>
       <c r="GQ105"/>
       <c r="GR105"/>
+      <c r="GS105"/>
     </row>
-    <row r="106" spans="1:200">
-      <c r="B106"/>
+    <row r="106" spans="1:201">
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106"/>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106"/>
       <c r="V106"/>
       <c r="W106"/>
       <c r="X106"/>
       <c r="Y106"/>
       <c r="Z106"/>
       <c r="AA106"/>
@@ -21878,53 +21878,53 @@
       <c r="FT106"/>
       <c r="FU106"/>
       <c r="FV106"/>
       <c r="FW106"/>
       <c r="FX106"/>
       <c r="FY106"/>
       <c r="FZ106"/>
       <c r="GA106"/>
       <c r="GB106"/>
       <c r="GC106"/>
       <c r="GD106"/>
       <c r="GE106"/>
       <c r="GF106"/>
       <c r="GG106"/>
       <c r="GH106"/>
       <c r="GI106"/>
       <c r="GJ106"/>
       <c r="GK106"/>
       <c r="GL106"/>
       <c r="GM106"/>
       <c r="GN106"/>
       <c r="GO106"/>
       <c r="GP106"/>
       <c r="GQ106"/>
       <c r="GR106"/>
+      <c r="GS106"/>
     </row>
-    <row r="107" spans="1:200">
-      <c r="B107"/>
+    <row r="107" spans="1:201">
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107"/>
       <c r="I107"/>
       <c r="J107"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107"/>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107"/>
       <c r="V107"/>
       <c r="W107"/>
       <c r="X107"/>
       <c r="Y107"/>
       <c r="Z107"/>
       <c r="AA107"/>
@@ -22079,53 +22079,53 @@
       <c r="FT107"/>
       <c r="FU107"/>
       <c r="FV107"/>
       <c r="FW107"/>
       <c r="FX107"/>
       <c r="FY107"/>
       <c r="FZ107"/>
       <c r="GA107"/>
       <c r="GB107"/>
       <c r="GC107"/>
       <c r="GD107"/>
       <c r="GE107"/>
       <c r="GF107"/>
       <c r="GG107"/>
       <c r="GH107"/>
       <c r="GI107"/>
       <c r="GJ107"/>
       <c r="GK107"/>
       <c r="GL107"/>
       <c r="GM107"/>
       <c r="GN107"/>
       <c r="GO107"/>
       <c r="GP107"/>
       <c r="GQ107"/>
       <c r="GR107"/>
+      <c r="GS107"/>
     </row>
-    <row r="108" spans="1:200">
-      <c r="B108"/>
+    <row r="108" spans="1:201">
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108"/>
       <c r="I108"/>
       <c r="J108"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108"/>
       <c r="R108"/>
       <c r="S108"/>
       <c r="T108"/>
       <c r="U108"/>
       <c r="V108"/>
       <c r="W108"/>
       <c r="X108"/>
       <c r="Y108"/>
       <c r="Z108"/>
       <c r="AA108"/>
@@ -22280,53 +22280,53 @@
       <c r="FT108"/>
       <c r="FU108"/>
       <c r="FV108"/>
       <c r="FW108"/>
       <c r="FX108"/>
       <c r="FY108"/>
       <c r="FZ108"/>
       <c r="GA108"/>
       <c r="GB108"/>
       <c r="GC108"/>
       <c r="GD108"/>
       <c r="GE108"/>
       <c r="GF108"/>
       <c r="GG108"/>
       <c r="GH108"/>
       <c r="GI108"/>
       <c r="GJ108"/>
       <c r="GK108"/>
       <c r="GL108"/>
       <c r="GM108"/>
       <c r="GN108"/>
       <c r="GO108"/>
       <c r="GP108"/>
       <c r="GQ108"/>
       <c r="GR108"/>
+      <c r="GS108"/>
     </row>
-    <row r="109" spans="1:200">
-      <c r="B109"/>
+    <row r="109" spans="1:201">
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109"/>
       <c r="I109"/>
       <c r="J109"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109"/>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109"/>
       <c r="V109"/>
       <c r="W109"/>
       <c r="X109"/>
       <c r="Y109"/>
       <c r="Z109"/>
       <c r="AA109"/>
@@ -22481,53 +22481,53 @@
       <c r="FT109"/>
       <c r="FU109"/>
       <c r="FV109"/>
       <c r="FW109"/>
       <c r="FX109"/>
       <c r="FY109"/>
       <c r="FZ109"/>
       <c r="GA109"/>
       <c r="GB109"/>
       <c r="GC109"/>
       <c r="GD109"/>
       <c r="GE109"/>
       <c r="GF109"/>
       <c r="GG109"/>
       <c r="GH109"/>
       <c r="GI109"/>
       <c r="GJ109"/>
       <c r="GK109"/>
       <c r="GL109"/>
       <c r="GM109"/>
       <c r="GN109"/>
       <c r="GO109"/>
       <c r="GP109"/>
       <c r="GQ109"/>
       <c r="GR109"/>
+      <c r="GS109"/>
     </row>
-    <row r="110" spans="1:200">
-      <c r="B110"/>
+    <row r="110" spans="1:201">
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
       <c r="J110"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110"/>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110"/>
       <c r="V110"/>
       <c r="W110"/>
       <c r="X110"/>
       <c r="Y110"/>
       <c r="Z110"/>
       <c r="AA110"/>
@@ -22682,53 +22682,53 @@
       <c r="FT110"/>
       <c r="FU110"/>
       <c r="FV110"/>
       <c r="FW110"/>
       <c r="FX110"/>
       <c r="FY110"/>
       <c r="FZ110"/>
       <c r="GA110"/>
       <c r="GB110"/>
       <c r="GC110"/>
       <c r="GD110"/>
       <c r="GE110"/>
       <c r="GF110"/>
       <c r="GG110"/>
       <c r="GH110"/>
       <c r="GI110"/>
       <c r="GJ110"/>
       <c r="GK110"/>
       <c r="GL110"/>
       <c r="GM110"/>
       <c r="GN110"/>
       <c r="GO110"/>
       <c r="GP110"/>
       <c r="GQ110"/>
       <c r="GR110"/>
+      <c r="GS110"/>
     </row>
-    <row r="111" spans="1:200">
-      <c r="B111"/>
+    <row r="111" spans="1:201">
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
       <c r="I111"/>
       <c r="J111"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111"/>
       <c r="R111"/>
       <c r="S111"/>
       <c r="T111"/>
       <c r="U111"/>
       <c r="V111"/>
       <c r="W111"/>
       <c r="X111"/>
       <c r="Y111"/>
       <c r="Z111"/>
       <c r="AA111"/>
@@ -22883,53 +22883,53 @@
       <c r="FT111"/>
       <c r="FU111"/>
       <c r="FV111"/>
       <c r="FW111"/>
       <c r="FX111"/>
       <c r="FY111"/>
       <c r="FZ111"/>
       <c r="GA111"/>
       <c r="GB111"/>
       <c r="GC111"/>
       <c r="GD111"/>
       <c r="GE111"/>
       <c r="GF111"/>
       <c r="GG111"/>
       <c r="GH111"/>
       <c r="GI111"/>
       <c r="GJ111"/>
       <c r="GK111"/>
       <c r="GL111"/>
       <c r="GM111"/>
       <c r="GN111"/>
       <c r="GO111"/>
       <c r="GP111"/>
       <c r="GQ111"/>
       <c r="GR111"/>
+      <c r="GS111"/>
     </row>
-    <row r="112" spans="1:200">
-      <c r="B112"/>
+    <row r="112" spans="1:201">
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112"/>
       <c r="I112"/>
       <c r="J112"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112"/>
       <c r="R112"/>
       <c r="S112"/>
       <c r="T112"/>
       <c r="U112"/>
       <c r="V112"/>
       <c r="W112"/>
       <c r="X112"/>
       <c r="Y112"/>
       <c r="Z112"/>
       <c r="AA112"/>
@@ -23084,53 +23084,53 @@
       <c r="FT112"/>
       <c r="FU112"/>
       <c r="FV112"/>
       <c r="FW112"/>
       <c r="FX112"/>
       <c r="FY112"/>
       <c r="FZ112"/>
       <c r="GA112"/>
       <c r="GB112"/>
       <c r="GC112"/>
       <c r="GD112"/>
       <c r="GE112"/>
       <c r="GF112"/>
       <c r="GG112"/>
       <c r="GH112"/>
       <c r="GI112"/>
       <c r="GJ112"/>
       <c r="GK112"/>
       <c r="GL112"/>
       <c r="GM112"/>
       <c r="GN112"/>
       <c r="GO112"/>
       <c r="GP112"/>
       <c r="GQ112"/>
       <c r="GR112"/>
+      <c r="GS112"/>
     </row>
-    <row r="113" spans="1:200">
-      <c r="B113"/>
+    <row r="113" spans="1:201">
       <c r="C113"/>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113"/>
       <c r="I113"/>
       <c r="J113"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113"/>
       <c r="R113"/>
       <c r="S113"/>
       <c r="T113"/>
       <c r="U113"/>
       <c r="V113"/>
       <c r="W113"/>
       <c r="X113"/>
       <c r="Y113"/>
       <c r="Z113"/>
       <c r="AA113"/>
@@ -23285,53 +23285,53 @@
       <c r="FT113"/>
       <c r="FU113"/>
       <c r="FV113"/>
       <c r="FW113"/>
       <c r="FX113"/>
       <c r="FY113"/>
       <c r="FZ113"/>
       <c r="GA113"/>
       <c r="GB113"/>
       <c r="GC113"/>
       <c r="GD113"/>
       <c r="GE113"/>
       <c r="GF113"/>
       <c r="GG113"/>
       <c r="GH113"/>
       <c r="GI113"/>
       <c r="GJ113"/>
       <c r="GK113"/>
       <c r="GL113"/>
       <c r="GM113"/>
       <c r="GN113"/>
       <c r="GO113"/>
       <c r="GP113"/>
       <c r="GQ113"/>
       <c r="GR113"/>
+      <c r="GS113"/>
     </row>
-    <row r="114" spans="1:200">
-      <c r="B114"/>
+    <row r="114" spans="1:201">
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
       <c r="I114"/>
       <c r="J114"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114"/>
       <c r="R114"/>
       <c r="S114"/>
       <c r="T114"/>
       <c r="U114"/>
       <c r="V114"/>
       <c r="W114"/>
       <c r="X114"/>
       <c r="Y114"/>
       <c r="Z114"/>
       <c r="AA114"/>
@@ -23486,53 +23486,53 @@
       <c r="FT114"/>
       <c r="FU114"/>
       <c r="FV114"/>
       <c r="FW114"/>
       <c r="FX114"/>
       <c r="FY114"/>
       <c r="FZ114"/>
       <c r="GA114"/>
       <c r="GB114"/>
       <c r="GC114"/>
       <c r="GD114"/>
       <c r="GE114"/>
       <c r="GF114"/>
       <c r="GG114"/>
       <c r="GH114"/>
       <c r="GI114"/>
       <c r="GJ114"/>
       <c r="GK114"/>
       <c r="GL114"/>
       <c r="GM114"/>
       <c r="GN114"/>
       <c r="GO114"/>
       <c r="GP114"/>
       <c r="GQ114"/>
       <c r="GR114"/>
+      <c r="GS114"/>
     </row>
-    <row r="115" spans="1:200">
-      <c r="B115"/>
+    <row r="115" spans="1:201">
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
       <c r="I115"/>
       <c r="J115"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115"/>
       <c r="R115"/>
       <c r="S115"/>
       <c r="T115"/>
       <c r="U115"/>
       <c r="V115"/>
       <c r="W115"/>
       <c r="X115"/>
       <c r="Y115"/>
       <c r="Z115"/>
       <c r="AA115"/>
@@ -23687,53 +23687,53 @@
       <c r="FT115"/>
       <c r="FU115"/>
       <c r="FV115"/>
       <c r="FW115"/>
       <c r="FX115"/>
       <c r="FY115"/>
       <c r="FZ115"/>
       <c r="GA115"/>
       <c r="GB115"/>
       <c r="GC115"/>
       <c r="GD115"/>
       <c r="GE115"/>
       <c r="GF115"/>
       <c r="GG115"/>
       <c r="GH115"/>
       <c r="GI115"/>
       <c r="GJ115"/>
       <c r="GK115"/>
       <c r="GL115"/>
       <c r="GM115"/>
       <c r="GN115"/>
       <c r="GO115"/>
       <c r="GP115"/>
       <c r="GQ115"/>
       <c r="GR115"/>
+      <c r="GS115"/>
     </row>
-    <row r="116" spans="1:200">
-      <c r="B116"/>
+    <row r="116" spans="1:201">
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
       <c r="I116"/>
       <c r="J116"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116"/>
       <c r="R116"/>
       <c r="S116"/>
       <c r="T116"/>
       <c r="U116"/>
       <c r="V116"/>
       <c r="W116"/>
       <c r="X116"/>
       <c r="Y116"/>
       <c r="Z116"/>
       <c r="AA116"/>
@@ -23888,53 +23888,53 @@
       <c r="FT116"/>
       <c r="FU116"/>
       <c r="FV116"/>
       <c r="FW116"/>
       <c r="FX116"/>
       <c r="FY116"/>
       <c r="FZ116"/>
       <c r="GA116"/>
       <c r="GB116"/>
       <c r="GC116"/>
       <c r="GD116"/>
       <c r="GE116"/>
       <c r="GF116"/>
       <c r="GG116"/>
       <c r="GH116"/>
       <c r="GI116"/>
       <c r="GJ116"/>
       <c r="GK116"/>
       <c r="GL116"/>
       <c r="GM116"/>
       <c r="GN116"/>
       <c r="GO116"/>
       <c r="GP116"/>
       <c r="GQ116"/>
       <c r="GR116"/>
+      <c r="GS116"/>
     </row>
-    <row r="117" spans="1:200">
-      <c r="B117"/>
+    <row r="117" spans="1:201">
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
       <c r="I117"/>
       <c r="J117"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117"/>
       <c r="R117"/>
       <c r="S117"/>
       <c r="T117"/>
       <c r="U117"/>
       <c r="V117"/>
       <c r="W117"/>
       <c r="X117"/>
       <c r="Y117"/>
       <c r="Z117"/>
       <c r="AA117"/>
@@ -24089,53 +24089,53 @@
       <c r="FT117"/>
       <c r="FU117"/>
       <c r="FV117"/>
       <c r="FW117"/>
       <c r="FX117"/>
       <c r="FY117"/>
       <c r="FZ117"/>
       <c r="GA117"/>
       <c r="GB117"/>
       <c r="GC117"/>
       <c r="GD117"/>
       <c r="GE117"/>
       <c r="GF117"/>
       <c r="GG117"/>
       <c r="GH117"/>
       <c r="GI117"/>
       <c r="GJ117"/>
       <c r="GK117"/>
       <c r="GL117"/>
       <c r="GM117"/>
       <c r="GN117"/>
       <c r="GO117"/>
       <c r="GP117"/>
       <c r="GQ117"/>
       <c r="GR117"/>
+      <c r="GS117"/>
     </row>
-    <row r="118" spans="1:200">
-      <c r="B118"/>
+    <row r="118" spans="1:201">
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
       <c r="I118"/>
       <c r="J118"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118"/>
       <c r="R118"/>
       <c r="S118"/>
       <c r="T118"/>
       <c r="U118"/>
       <c r="V118"/>
       <c r="W118"/>
       <c r="X118"/>
       <c r="Y118"/>
       <c r="Z118"/>
       <c r="AA118"/>
@@ -24290,53 +24290,53 @@
       <c r="FT118"/>
       <c r="FU118"/>
       <c r="FV118"/>
       <c r="FW118"/>
       <c r="FX118"/>
       <c r="FY118"/>
       <c r="FZ118"/>
       <c r="GA118"/>
       <c r="GB118"/>
       <c r="GC118"/>
       <c r="GD118"/>
       <c r="GE118"/>
       <c r="GF118"/>
       <c r="GG118"/>
       <c r="GH118"/>
       <c r="GI118"/>
       <c r="GJ118"/>
       <c r="GK118"/>
       <c r="GL118"/>
       <c r="GM118"/>
       <c r="GN118"/>
       <c r="GO118"/>
       <c r="GP118"/>
       <c r="GQ118"/>
       <c r="GR118"/>
+      <c r="GS118"/>
     </row>
-    <row r="119" spans="1:200">
-      <c r="B119"/>
+    <row r="119" spans="1:201">
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
       <c r="I119"/>
       <c r="J119"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119"/>
       <c r="R119"/>
       <c r="S119"/>
       <c r="T119"/>
       <c r="U119"/>
       <c r="V119"/>
       <c r="W119"/>
       <c r="X119"/>
       <c r="Y119"/>
       <c r="Z119"/>
       <c r="AA119"/>
@@ -24491,53 +24491,53 @@
       <c r="FT119"/>
       <c r="FU119"/>
       <c r="FV119"/>
       <c r="FW119"/>
       <c r="FX119"/>
       <c r="FY119"/>
       <c r="FZ119"/>
       <c r="GA119"/>
       <c r="GB119"/>
       <c r="GC119"/>
       <c r="GD119"/>
       <c r="GE119"/>
       <c r="GF119"/>
       <c r="GG119"/>
       <c r="GH119"/>
       <c r="GI119"/>
       <c r="GJ119"/>
       <c r="GK119"/>
       <c r="GL119"/>
       <c r="GM119"/>
       <c r="GN119"/>
       <c r="GO119"/>
       <c r="GP119"/>
       <c r="GQ119"/>
       <c r="GR119"/>
+      <c r="GS119"/>
     </row>
-    <row r="120" spans="1:200">
-      <c r="B120"/>
+    <row r="120" spans="1:201">
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
       <c r="J120"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120"/>
       <c r="R120"/>
       <c r="S120"/>
       <c r="T120"/>
       <c r="U120"/>
       <c r="V120"/>
       <c r="W120"/>
       <c r="X120"/>
       <c r="Y120"/>
       <c r="Z120"/>
       <c r="AA120"/>
@@ -24692,53 +24692,53 @@
       <c r="FT120"/>
       <c r="FU120"/>
       <c r="FV120"/>
       <c r="FW120"/>
       <c r="FX120"/>
       <c r="FY120"/>
       <c r="FZ120"/>
       <c r="GA120"/>
       <c r="GB120"/>
       <c r="GC120"/>
       <c r="GD120"/>
       <c r="GE120"/>
       <c r="GF120"/>
       <c r="GG120"/>
       <c r="GH120"/>
       <c r="GI120"/>
       <c r="GJ120"/>
       <c r="GK120"/>
       <c r="GL120"/>
       <c r="GM120"/>
       <c r="GN120"/>
       <c r="GO120"/>
       <c r="GP120"/>
       <c r="GQ120"/>
       <c r="GR120"/>
+      <c r="GS120"/>
     </row>
-    <row r="121" spans="1:200">
-      <c r="B121"/>
+    <row r="121" spans="1:201">
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121"/>
       <c r="J121"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121"/>
       <c r="R121"/>
       <c r="S121"/>
       <c r="T121"/>
       <c r="U121"/>
       <c r="V121"/>
       <c r="W121"/>
       <c r="X121"/>
       <c r="Y121"/>
       <c r="Z121"/>
       <c r="AA121"/>
@@ -24893,53 +24893,53 @@
       <c r="FT121"/>
       <c r="FU121"/>
       <c r="FV121"/>
       <c r="FW121"/>
       <c r="FX121"/>
       <c r="FY121"/>
       <c r="FZ121"/>
       <c r="GA121"/>
       <c r="GB121"/>
       <c r="GC121"/>
       <c r="GD121"/>
       <c r="GE121"/>
       <c r="GF121"/>
       <c r="GG121"/>
       <c r="GH121"/>
       <c r="GI121"/>
       <c r="GJ121"/>
       <c r="GK121"/>
       <c r="GL121"/>
       <c r="GM121"/>
       <c r="GN121"/>
       <c r="GO121"/>
       <c r="GP121"/>
       <c r="GQ121"/>
       <c r="GR121"/>
+      <c r="GS121"/>
     </row>
-    <row r="122" spans="1:200">
-      <c r="B122"/>
+    <row r="122" spans="1:201">
       <c r="C122"/>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
       <c r="J122"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122"/>
       <c r="R122"/>
       <c r="S122"/>
       <c r="T122"/>
       <c r="U122"/>
       <c r="V122"/>
       <c r="W122"/>
       <c r="X122"/>
       <c r="Y122"/>
       <c r="Z122"/>
       <c r="AA122"/>
@@ -25094,53 +25094,53 @@
       <c r="FT122"/>
       <c r="FU122"/>
       <c r="FV122"/>
       <c r="FW122"/>
       <c r="FX122"/>
       <c r="FY122"/>
       <c r="FZ122"/>
       <c r="GA122"/>
       <c r="GB122"/>
       <c r="GC122"/>
       <c r="GD122"/>
       <c r="GE122"/>
       <c r="GF122"/>
       <c r="GG122"/>
       <c r="GH122"/>
       <c r="GI122"/>
       <c r="GJ122"/>
       <c r="GK122"/>
       <c r="GL122"/>
       <c r="GM122"/>
       <c r="GN122"/>
       <c r="GO122"/>
       <c r="GP122"/>
       <c r="GQ122"/>
       <c r="GR122"/>
+      <c r="GS122"/>
     </row>
-    <row r="123" spans="1:200">
-      <c r="B123"/>
+    <row r="123" spans="1:201">
       <c r="C123"/>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123"/>
       <c r="I123"/>
       <c r="J123"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123"/>
       <c r="R123"/>
       <c r="S123"/>
       <c r="T123"/>
       <c r="U123"/>
       <c r="V123"/>
       <c r="W123"/>
       <c r="X123"/>
       <c r="Y123"/>
       <c r="Z123"/>
       <c r="AA123"/>
@@ -25295,53 +25295,53 @@
       <c r="FT123"/>
       <c r="FU123"/>
       <c r="FV123"/>
       <c r="FW123"/>
       <c r="FX123"/>
       <c r="FY123"/>
       <c r="FZ123"/>
       <c r="GA123"/>
       <c r="GB123"/>
       <c r="GC123"/>
       <c r="GD123"/>
       <c r="GE123"/>
       <c r="GF123"/>
       <c r="GG123"/>
       <c r="GH123"/>
       <c r="GI123"/>
       <c r="GJ123"/>
       <c r="GK123"/>
       <c r="GL123"/>
       <c r="GM123"/>
       <c r="GN123"/>
       <c r="GO123"/>
       <c r="GP123"/>
       <c r="GQ123"/>
       <c r="GR123"/>
+      <c r="GS123"/>
     </row>
-    <row r="124" spans="1:200">
-      <c r="B124"/>
+    <row r="124" spans="1:201">
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124"/>
       <c r="I124"/>
       <c r="J124"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124"/>
       <c r="R124"/>
       <c r="S124"/>
       <c r="T124"/>
       <c r="U124"/>
       <c r="V124"/>
       <c r="W124"/>
       <c r="X124"/>
       <c r="Y124"/>
       <c r="Z124"/>
       <c r="AA124"/>
@@ -25496,53 +25496,53 @@
       <c r="FT124"/>
       <c r="FU124"/>
       <c r="FV124"/>
       <c r="FW124"/>
       <c r="FX124"/>
       <c r="FY124"/>
       <c r="FZ124"/>
       <c r="GA124"/>
       <c r="GB124"/>
       <c r="GC124"/>
       <c r="GD124"/>
       <c r="GE124"/>
       <c r="GF124"/>
       <c r="GG124"/>
       <c r="GH124"/>
       <c r="GI124"/>
       <c r="GJ124"/>
       <c r="GK124"/>
       <c r="GL124"/>
       <c r="GM124"/>
       <c r="GN124"/>
       <c r="GO124"/>
       <c r="GP124"/>
       <c r="GQ124"/>
       <c r="GR124"/>
+      <c r="GS124"/>
     </row>
-    <row r="125" spans="1:200">
-      <c r="B125"/>
+    <row r="125" spans="1:201">
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125"/>
       <c r="I125"/>
       <c r="J125"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125"/>
       <c r="R125"/>
       <c r="S125"/>
       <c r="T125"/>
       <c r="U125"/>
       <c r="V125"/>
       <c r="W125"/>
       <c r="X125"/>
       <c r="Y125"/>
       <c r="Z125"/>
       <c r="AA125"/>
@@ -25697,53 +25697,53 @@
       <c r="FT125"/>
       <c r="FU125"/>
       <c r="FV125"/>
       <c r="FW125"/>
       <c r="FX125"/>
       <c r="FY125"/>
       <c r="FZ125"/>
       <c r="GA125"/>
       <c r="GB125"/>
       <c r="GC125"/>
       <c r="GD125"/>
       <c r="GE125"/>
       <c r="GF125"/>
       <c r="GG125"/>
       <c r="GH125"/>
       <c r="GI125"/>
       <c r="GJ125"/>
       <c r="GK125"/>
       <c r="GL125"/>
       <c r="GM125"/>
       <c r="GN125"/>
       <c r="GO125"/>
       <c r="GP125"/>
       <c r="GQ125"/>
       <c r="GR125"/>
+      <c r="GS125"/>
     </row>
-    <row r="126" spans="1:200">
-      <c r="B126"/>
+    <row r="126" spans="1:201">
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126"/>
       <c r="J126"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126"/>
       <c r="R126"/>
       <c r="S126"/>
       <c r="T126"/>
       <c r="U126"/>
       <c r="V126"/>
       <c r="W126"/>
       <c r="X126"/>
       <c r="Y126"/>
       <c r="Z126"/>
       <c r="AA126"/>
@@ -25898,53 +25898,53 @@
       <c r="FT126"/>
       <c r="FU126"/>
       <c r="FV126"/>
       <c r="FW126"/>
       <c r="FX126"/>
       <c r="FY126"/>
       <c r="FZ126"/>
       <c r="GA126"/>
       <c r="GB126"/>
       <c r="GC126"/>
       <c r="GD126"/>
       <c r="GE126"/>
       <c r="GF126"/>
       <c r="GG126"/>
       <c r="GH126"/>
       <c r="GI126"/>
       <c r="GJ126"/>
       <c r="GK126"/>
       <c r="GL126"/>
       <c r="GM126"/>
       <c r="GN126"/>
       <c r="GO126"/>
       <c r="GP126"/>
       <c r="GQ126"/>
       <c r="GR126"/>
+      <c r="GS126"/>
     </row>
-    <row r="127" spans="1:200">
-      <c r="B127"/>
+    <row r="127" spans="1:201">
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
       <c r="I127"/>
       <c r="J127"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127"/>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
       <c r="U127"/>
       <c r="V127"/>
       <c r="W127"/>
       <c r="X127"/>
       <c r="Y127"/>
       <c r="Z127"/>
       <c r="AA127"/>
@@ -26099,53 +26099,53 @@
       <c r="FT127"/>
       <c r="FU127"/>
       <c r="FV127"/>
       <c r="FW127"/>
       <c r="FX127"/>
       <c r="FY127"/>
       <c r="FZ127"/>
       <c r="GA127"/>
       <c r="GB127"/>
       <c r="GC127"/>
       <c r="GD127"/>
       <c r="GE127"/>
       <c r="GF127"/>
       <c r="GG127"/>
       <c r="GH127"/>
       <c r="GI127"/>
       <c r="GJ127"/>
       <c r="GK127"/>
       <c r="GL127"/>
       <c r="GM127"/>
       <c r="GN127"/>
       <c r="GO127"/>
       <c r="GP127"/>
       <c r="GQ127"/>
       <c r="GR127"/>
+      <c r="GS127"/>
     </row>
-    <row r="128" spans="1:200">
-      <c r="B128"/>
+    <row r="128" spans="1:201">
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128"/>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
       <c r="U128"/>
       <c r="V128"/>
       <c r="W128"/>
       <c r="X128"/>
       <c r="Y128"/>
       <c r="Z128"/>
       <c r="AA128"/>
@@ -26300,53 +26300,53 @@
       <c r="FT128"/>
       <c r="FU128"/>
       <c r="FV128"/>
       <c r="FW128"/>
       <c r="FX128"/>
       <c r="FY128"/>
       <c r="FZ128"/>
       <c r="GA128"/>
       <c r="GB128"/>
       <c r="GC128"/>
       <c r="GD128"/>
       <c r="GE128"/>
       <c r="GF128"/>
       <c r="GG128"/>
       <c r="GH128"/>
       <c r="GI128"/>
       <c r="GJ128"/>
       <c r="GK128"/>
       <c r="GL128"/>
       <c r="GM128"/>
       <c r="GN128"/>
       <c r="GO128"/>
       <c r="GP128"/>
       <c r="GQ128"/>
       <c r="GR128"/>
+      <c r="GS128"/>
     </row>
-    <row r="129" spans="1:200">
-      <c r="B129"/>
+    <row r="129" spans="1:201">
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129"/>
       <c r="I129"/>
       <c r="J129"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129"/>
       <c r="R129"/>
       <c r="S129"/>
       <c r="T129"/>
       <c r="U129"/>
       <c r="V129"/>
       <c r="W129"/>
       <c r="X129"/>
       <c r="Y129"/>
       <c r="Z129"/>
       <c r="AA129"/>
@@ -26501,53 +26501,53 @@
       <c r="FT129"/>
       <c r="FU129"/>
       <c r="FV129"/>
       <c r="FW129"/>
       <c r="FX129"/>
       <c r="FY129"/>
       <c r="FZ129"/>
       <c r="GA129"/>
       <c r="GB129"/>
       <c r="GC129"/>
       <c r="GD129"/>
       <c r="GE129"/>
       <c r="GF129"/>
       <c r="GG129"/>
       <c r="GH129"/>
       <c r="GI129"/>
       <c r="GJ129"/>
       <c r="GK129"/>
       <c r="GL129"/>
       <c r="GM129"/>
       <c r="GN129"/>
       <c r="GO129"/>
       <c r="GP129"/>
       <c r="GQ129"/>
       <c r="GR129"/>
+      <c r="GS129"/>
     </row>
-    <row r="130" spans="1:200">
-      <c r="B130"/>
+    <row r="130" spans="1:201">
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
       <c r="I130"/>
       <c r="J130"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130"/>
       <c r="R130"/>
       <c r="S130"/>
       <c r="T130"/>
       <c r="U130"/>
       <c r="V130"/>
       <c r="W130"/>
       <c r="X130"/>
       <c r="Y130"/>
       <c r="Z130"/>
       <c r="AA130"/>
@@ -26702,53 +26702,53 @@
       <c r="FT130"/>
       <c r="FU130"/>
       <c r="FV130"/>
       <c r="FW130"/>
       <c r="FX130"/>
       <c r="FY130"/>
       <c r="FZ130"/>
       <c r="GA130"/>
       <c r="GB130"/>
       <c r="GC130"/>
       <c r="GD130"/>
       <c r="GE130"/>
       <c r="GF130"/>
       <c r="GG130"/>
       <c r="GH130"/>
       <c r="GI130"/>
       <c r="GJ130"/>
       <c r="GK130"/>
       <c r="GL130"/>
       <c r="GM130"/>
       <c r="GN130"/>
       <c r="GO130"/>
       <c r="GP130"/>
       <c r="GQ130"/>
       <c r="GR130"/>
+      <c r="GS130"/>
     </row>
-    <row r="131" spans="1:200">
-      <c r="B131"/>
+    <row r="131" spans="1:201">
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131"/>
       <c r="I131"/>
       <c r="J131"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131"/>
       <c r="R131"/>
       <c r="S131"/>
       <c r="T131"/>
       <c r="U131"/>
       <c r="V131"/>
       <c r="W131"/>
       <c r="X131"/>
       <c r="Y131"/>
       <c r="Z131"/>
       <c r="AA131"/>
@@ -26903,53 +26903,53 @@
       <c r="FT131"/>
       <c r="FU131"/>
       <c r="FV131"/>
       <c r="FW131"/>
       <c r="FX131"/>
       <c r="FY131"/>
       <c r="FZ131"/>
       <c r="GA131"/>
       <c r="GB131"/>
       <c r="GC131"/>
       <c r="GD131"/>
       <c r="GE131"/>
       <c r="GF131"/>
       <c r="GG131"/>
       <c r="GH131"/>
       <c r="GI131"/>
       <c r="GJ131"/>
       <c r="GK131"/>
       <c r="GL131"/>
       <c r="GM131"/>
       <c r="GN131"/>
       <c r="GO131"/>
       <c r="GP131"/>
       <c r="GQ131"/>
       <c r="GR131"/>
+      <c r="GS131"/>
     </row>
-    <row r="132" spans="1:200">
-      <c r="B132"/>
+    <row r="132" spans="1:201">
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132"/>
       <c r="I132"/>
       <c r="J132"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132"/>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
       <c r="U132"/>
       <c r="V132"/>
       <c r="W132"/>
       <c r="X132"/>
       <c r="Y132"/>
       <c r="Z132"/>
       <c r="AA132"/>
@@ -27104,53 +27104,53 @@
       <c r="FT132"/>
       <c r="FU132"/>
       <c r="FV132"/>
       <c r="FW132"/>
       <c r="FX132"/>
       <c r="FY132"/>
       <c r="FZ132"/>
       <c r="GA132"/>
       <c r="GB132"/>
       <c r="GC132"/>
       <c r="GD132"/>
       <c r="GE132"/>
       <c r="GF132"/>
       <c r="GG132"/>
       <c r="GH132"/>
       <c r="GI132"/>
       <c r="GJ132"/>
       <c r="GK132"/>
       <c r="GL132"/>
       <c r="GM132"/>
       <c r="GN132"/>
       <c r="GO132"/>
       <c r="GP132"/>
       <c r="GQ132"/>
       <c r="GR132"/>
+      <c r="GS132"/>
     </row>
-    <row r="133" spans="1:200">
-      <c r="B133"/>
+    <row r="133" spans="1:201">
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133"/>
       <c r="I133"/>
       <c r="J133"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133"/>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
       <c r="U133"/>
       <c r="V133"/>
       <c r="W133"/>
       <c r="X133"/>
       <c r="Y133"/>
       <c r="Z133"/>
       <c r="AA133"/>
@@ -27305,53 +27305,53 @@
       <c r="FT133"/>
       <c r="FU133"/>
       <c r="FV133"/>
       <c r="FW133"/>
       <c r="FX133"/>
       <c r="FY133"/>
       <c r="FZ133"/>
       <c r="GA133"/>
       <c r="GB133"/>
       <c r="GC133"/>
       <c r="GD133"/>
       <c r="GE133"/>
       <c r="GF133"/>
       <c r="GG133"/>
       <c r="GH133"/>
       <c r="GI133"/>
       <c r="GJ133"/>
       <c r="GK133"/>
       <c r="GL133"/>
       <c r="GM133"/>
       <c r="GN133"/>
       <c r="GO133"/>
       <c r="GP133"/>
       <c r="GQ133"/>
       <c r="GR133"/>
+      <c r="GS133"/>
     </row>
-    <row r="134" spans="1:200">
-      <c r="B134"/>
+    <row r="134" spans="1:201">
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134"/>
       <c r="I134"/>
       <c r="J134"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134"/>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
       <c r="U134"/>
       <c r="V134"/>
       <c r="W134"/>
       <c r="X134"/>
       <c r="Y134"/>
       <c r="Z134"/>
       <c r="AA134"/>
@@ -27506,53 +27506,53 @@
       <c r="FT134"/>
       <c r="FU134"/>
       <c r="FV134"/>
       <c r="FW134"/>
       <c r="FX134"/>
       <c r="FY134"/>
       <c r="FZ134"/>
       <c r="GA134"/>
       <c r="GB134"/>
       <c r="GC134"/>
       <c r="GD134"/>
       <c r="GE134"/>
       <c r="GF134"/>
       <c r="GG134"/>
       <c r="GH134"/>
       <c r="GI134"/>
       <c r="GJ134"/>
       <c r="GK134"/>
       <c r="GL134"/>
       <c r="GM134"/>
       <c r="GN134"/>
       <c r="GO134"/>
       <c r="GP134"/>
       <c r="GQ134"/>
       <c r="GR134"/>
+      <c r="GS134"/>
     </row>
-    <row r="135" spans="1:200">
-      <c r="B135"/>
+    <row r="135" spans="1:201">
       <c r="C135"/>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135"/>
       <c r="I135"/>
       <c r="J135"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135"/>
       <c r="R135"/>
       <c r="S135"/>
       <c r="T135"/>
       <c r="U135"/>
       <c r="V135"/>
       <c r="W135"/>
       <c r="X135"/>
       <c r="Y135"/>
       <c r="Z135"/>
       <c r="AA135"/>
@@ -27707,53 +27707,53 @@
       <c r="FT135"/>
       <c r="FU135"/>
       <c r="FV135"/>
       <c r="FW135"/>
       <c r="FX135"/>
       <c r="FY135"/>
       <c r="FZ135"/>
       <c r="GA135"/>
       <c r="GB135"/>
       <c r="GC135"/>
       <c r="GD135"/>
       <c r="GE135"/>
       <c r="GF135"/>
       <c r="GG135"/>
       <c r="GH135"/>
       <c r="GI135"/>
       <c r="GJ135"/>
       <c r="GK135"/>
       <c r="GL135"/>
       <c r="GM135"/>
       <c r="GN135"/>
       <c r="GO135"/>
       <c r="GP135"/>
       <c r="GQ135"/>
       <c r="GR135"/>
+      <c r="GS135"/>
     </row>
-    <row r="136" spans="1:200">
-      <c r="B136"/>
+    <row r="136" spans="1:201">
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
       <c r="I136"/>
       <c r="J136"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136"/>
       <c r="R136"/>
       <c r="S136"/>
       <c r="T136"/>
       <c r="U136"/>
       <c r="V136"/>
       <c r="W136"/>
       <c r="X136"/>
       <c r="Y136"/>
       <c r="Z136"/>
       <c r="AA136"/>
@@ -27908,53 +27908,53 @@
       <c r="FT136"/>
       <c r="FU136"/>
       <c r="FV136"/>
       <c r="FW136"/>
       <c r="FX136"/>
       <c r="FY136"/>
       <c r="FZ136"/>
       <c r="GA136"/>
       <c r="GB136"/>
       <c r="GC136"/>
       <c r="GD136"/>
       <c r="GE136"/>
       <c r="GF136"/>
       <c r="GG136"/>
       <c r="GH136"/>
       <c r="GI136"/>
       <c r="GJ136"/>
       <c r="GK136"/>
       <c r="GL136"/>
       <c r="GM136"/>
       <c r="GN136"/>
       <c r="GO136"/>
       <c r="GP136"/>
       <c r="GQ136"/>
       <c r="GR136"/>
+      <c r="GS136"/>
     </row>
-    <row r="137" spans="1:200">
-      <c r="B137"/>
+    <row r="137" spans="1:201">
       <c r="C137"/>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
       <c r="I137"/>
       <c r="J137"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137"/>
       <c r="R137"/>
       <c r="S137"/>
       <c r="T137"/>
       <c r="U137"/>
       <c r="V137"/>
       <c r="W137"/>
       <c r="X137"/>
       <c r="Y137"/>
       <c r="Z137"/>
       <c r="AA137"/>
@@ -28109,53 +28109,53 @@
       <c r="FT137"/>
       <c r="FU137"/>
       <c r="FV137"/>
       <c r="FW137"/>
       <c r="FX137"/>
       <c r="FY137"/>
       <c r="FZ137"/>
       <c r="GA137"/>
       <c r="GB137"/>
       <c r="GC137"/>
       <c r="GD137"/>
       <c r="GE137"/>
       <c r="GF137"/>
       <c r="GG137"/>
       <c r="GH137"/>
       <c r="GI137"/>
       <c r="GJ137"/>
       <c r="GK137"/>
       <c r="GL137"/>
       <c r="GM137"/>
       <c r="GN137"/>
       <c r="GO137"/>
       <c r="GP137"/>
       <c r="GQ137"/>
       <c r="GR137"/>
+      <c r="GS137"/>
     </row>
-    <row r="138" spans="1:200">
-      <c r="B138"/>
+    <row r="138" spans="1:201">
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
       <c r="I138"/>
       <c r="J138"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138"/>
       <c r="R138"/>
       <c r="S138"/>
       <c r="T138"/>
       <c r="U138"/>
       <c r="V138"/>
       <c r="W138"/>
       <c r="X138"/>
       <c r="Y138"/>
       <c r="Z138"/>
       <c r="AA138"/>
@@ -28310,53 +28310,53 @@
       <c r="FT138"/>
       <c r="FU138"/>
       <c r="FV138"/>
       <c r="FW138"/>
       <c r="FX138"/>
       <c r="FY138"/>
       <c r="FZ138"/>
       <c r="GA138"/>
       <c r="GB138"/>
       <c r="GC138"/>
       <c r="GD138"/>
       <c r="GE138"/>
       <c r="GF138"/>
       <c r="GG138"/>
       <c r="GH138"/>
       <c r="GI138"/>
       <c r="GJ138"/>
       <c r="GK138"/>
       <c r="GL138"/>
       <c r="GM138"/>
       <c r="GN138"/>
       <c r="GO138"/>
       <c r="GP138"/>
       <c r="GQ138"/>
       <c r="GR138"/>
+      <c r="GS138"/>
     </row>
-    <row r="139" spans="1:200">
-      <c r="B139"/>
+    <row r="139" spans="1:201">
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139"/>
       <c r="I139"/>
       <c r="J139"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139"/>
       <c r="R139"/>
       <c r="S139"/>
       <c r="T139"/>
       <c r="U139"/>
       <c r="V139"/>
       <c r="W139"/>
       <c r="X139"/>
       <c r="Y139"/>
       <c r="Z139"/>
       <c r="AA139"/>
@@ -28511,53 +28511,53 @@
       <c r="FT139"/>
       <c r="FU139"/>
       <c r="FV139"/>
       <c r="FW139"/>
       <c r="FX139"/>
       <c r="FY139"/>
       <c r="FZ139"/>
       <c r="GA139"/>
       <c r="GB139"/>
       <c r="GC139"/>
       <c r="GD139"/>
       <c r="GE139"/>
       <c r="GF139"/>
       <c r="GG139"/>
       <c r="GH139"/>
       <c r="GI139"/>
       <c r="GJ139"/>
       <c r="GK139"/>
       <c r="GL139"/>
       <c r="GM139"/>
       <c r="GN139"/>
       <c r="GO139"/>
       <c r="GP139"/>
       <c r="GQ139"/>
       <c r="GR139"/>
+      <c r="GS139"/>
     </row>
-    <row r="140" spans="1:200">
-      <c r="B140"/>
+    <row r="140" spans="1:201">
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
       <c r="I140"/>
       <c r="J140"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140"/>
       <c r="R140"/>
       <c r="S140"/>
       <c r="T140"/>
       <c r="U140"/>
       <c r="V140"/>
       <c r="W140"/>
       <c r="X140"/>
       <c r="Y140"/>
       <c r="Z140"/>
       <c r="AA140"/>
@@ -28712,53 +28712,53 @@
       <c r="FT140"/>
       <c r="FU140"/>
       <c r="FV140"/>
       <c r="FW140"/>
       <c r="FX140"/>
       <c r="FY140"/>
       <c r="FZ140"/>
       <c r="GA140"/>
       <c r="GB140"/>
       <c r="GC140"/>
       <c r="GD140"/>
       <c r="GE140"/>
       <c r="GF140"/>
       <c r="GG140"/>
       <c r="GH140"/>
       <c r="GI140"/>
       <c r="GJ140"/>
       <c r="GK140"/>
       <c r="GL140"/>
       <c r="GM140"/>
       <c r="GN140"/>
       <c r="GO140"/>
       <c r="GP140"/>
       <c r="GQ140"/>
       <c r="GR140"/>
+      <c r="GS140"/>
     </row>
-    <row r="141" spans="1:200">
-      <c r="B141"/>
+    <row r="141" spans="1:201">
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
       <c r="I141"/>
       <c r="J141"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141"/>
       <c r="R141"/>
       <c r="S141"/>
       <c r="T141"/>
       <c r="U141"/>
       <c r="V141"/>
       <c r="W141"/>
       <c r="X141"/>
       <c r="Y141"/>
       <c r="Z141"/>
       <c r="AA141"/>
@@ -28913,53 +28913,53 @@
       <c r="FT141"/>
       <c r="FU141"/>
       <c r="FV141"/>
       <c r="FW141"/>
       <c r="FX141"/>
       <c r="FY141"/>
       <c r="FZ141"/>
       <c r="GA141"/>
       <c r="GB141"/>
       <c r="GC141"/>
       <c r="GD141"/>
       <c r="GE141"/>
       <c r="GF141"/>
       <c r="GG141"/>
       <c r="GH141"/>
       <c r="GI141"/>
       <c r="GJ141"/>
       <c r="GK141"/>
       <c r="GL141"/>
       <c r="GM141"/>
       <c r="GN141"/>
       <c r="GO141"/>
       <c r="GP141"/>
       <c r="GQ141"/>
       <c r="GR141"/>
+      <c r="GS141"/>
     </row>
-    <row r="142" spans="1:200">
-      <c r="B142"/>
+    <row r="142" spans="1:201">
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
       <c r="I142"/>
       <c r="J142"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142"/>
       <c r="R142"/>
       <c r="S142"/>
       <c r="T142"/>
       <c r="U142"/>
       <c r="V142"/>
       <c r="W142"/>
       <c r="X142"/>
       <c r="Y142"/>
       <c r="Z142"/>
       <c r="AA142"/>
@@ -29114,53 +29114,53 @@
       <c r="FT142"/>
       <c r="FU142"/>
       <c r="FV142"/>
       <c r="FW142"/>
       <c r="FX142"/>
       <c r="FY142"/>
       <c r="FZ142"/>
       <c r="GA142"/>
       <c r="GB142"/>
       <c r="GC142"/>
       <c r="GD142"/>
       <c r="GE142"/>
       <c r="GF142"/>
       <c r="GG142"/>
       <c r="GH142"/>
       <c r="GI142"/>
       <c r="GJ142"/>
       <c r="GK142"/>
       <c r="GL142"/>
       <c r="GM142"/>
       <c r="GN142"/>
       <c r="GO142"/>
       <c r="GP142"/>
       <c r="GQ142"/>
       <c r="GR142"/>
+      <c r="GS142"/>
     </row>
-    <row r="143" spans="1:200">
-      <c r="B143"/>
+    <row r="143" spans="1:201">
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143"/>
       <c r="I143"/>
       <c r="J143"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143"/>
       <c r="R143"/>
       <c r="S143"/>
       <c r="T143"/>
       <c r="U143"/>
       <c r="V143"/>
       <c r="W143"/>
       <c r="X143"/>
       <c r="Y143"/>
       <c r="Z143"/>
       <c r="AA143"/>
@@ -29315,53 +29315,53 @@
       <c r="FT143"/>
       <c r="FU143"/>
       <c r="FV143"/>
       <c r="FW143"/>
       <c r="FX143"/>
       <c r="FY143"/>
       <c r="FZ143"/>
       <c r="GA143"/>
       <c r="GB143"/>
       <c r="GC143"/>
       <c r="GD143"/>
       <c r="GE143"/>
       <c r="GF143"/>
       <c r="GG143"/>
       <c r="GH143"/>
       <c r="GI143"/>
       <c r="GJ143"/>
       <c r="GK143"/>
       <c r="GL143"/>
       <c r="GM143"/>
       <c r="GN143"/>
       <c r="GO143"/>
       <c r="GP143"/>
       <c r="GQ143"/>
       <c r="GR143"/>
+      <c r="GS143"/>
     </row>
-    <row r="144" spans="1:200">
-      <c r="B144"/>
+    <row r="144" spans="1:201">
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
       <c r="I144"/>
       <c r="J144"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144"/>
       <c r="R144"/>
       <c r="S144"/>
       <c r="T144"/>
       <c r="U144"/>
       <c r="V144"/>
       <c r="W144"/>
       <c r="X144"/>
       <c r="Y144"/>
       <c r="Z144"/>
       <c r="AA144"/>
@@ -29516,53 +29516,53 @@
       <c r="FT144"/>
       <c r="FU144"/>
       <c r="FV144"/>
       <c r="FW144"/>
       <c r="FX144"/>
       <c r="FY144"/>
       <c r="FZ144"/>
       <c r="GA144"/>
       <c r="GB144"/>
       <c r="GC144"/>
       <c r="GD144"/>
       <c r="GE144"/>
       <c r="GF144"/>
       <c r="GG144"/>
       <c r="GH144"/>
       <c r="GI144"/>
       <c r="GJ144"/>
       <c r="GK144"/>
       <c r="GL144"/>
       <c r="GM144"/>
       <c r="GN144"/>
       <c r="GO144"/>
       <c r="GP144"/>
       <c r="GQ144"/>
       <c r="GR144"/>
+      <c r="GS144"/>
     </row>
-    <row r="145" spans="1:200">
-      <c r="B145"/>
+    <row r="145" spans="1:201">
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
       <c r="I145"/>
       <c r="J145"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145"/>
       <c r="R145"/>
       <c r="S145"/>
       <c r="T145"/>
       <c r="U145"/>
       <c r="V145"/>
       <c r="W145"/>
       <c r="X145"/>
       <c r="Y145"/>
       <c r="Z145"/>
       <c r="AA145"/>
@@ -29717,53 +29717,53 @@
       <c r="FT145"/>
       <c r="FU145"/>
       <c r="FV145"/>
       <c r="FW145"/>
       <c r="FX145"/>
       <c r="FY145"/>
       <c r="FZ145"/>
       <c r="GA145"/>
       <c r="GB145"/>
       <c r="GC145"/>
       <c r="GD145"/>
       <c r="GE145"/>
       <c r="GF145"/>
       <c r="GG145"/>
       <c r="GH145"/>
       <c r="GI145"/>
       <c r="GJ145"/>
       <c r="GK145"/>
       <c r="GL145"/>
       <c r="GM145"/>
       <c r="GN145"/>
       <c r="GO145"/>
       <c r="GP145"/>
       <c r="GQ145"/>
       <c r="GR145"/>
+      <c r="GS145"/>
     </row>
-    <row r="146" spans="1:200">
-      <c r="B146"/>
+    <row r="146" spans="1:201">
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
       <c r="I146"/>
       <c r="J146"/>
       <c r="K146"/>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146"/>
       <c r="R146"/>
       <c r="S146"/>
       <c r="T146"/>
       <c r="U146"/>
       <c r="V146"/>
       <c r="W146"/>
       <c r="X146"/>
       <c r="Y146"/>
       <c r="Z146"/>
       <c r="AA146"/>
@@ -29918,53 +29918,53 @@
       <c r="FT146"/>
       <c r="FU146"/>
       <c r="FV146"/>
       <c r="FW146"/>
       <c r="FX146"/>
       <c r="FY146"/>
       <c r="FZ146"/>
       <c r="GA146"/>
       <c r="GB146"/>
       <c r="GC146"/>
       <c r="GD146"/>
       <c r="GE146"/>
       <c r="GF146"/>
       <c r="GG146"/>
       <c r="GH146"/>
       <c r="GI146"/>
       <c r="GJ146"/>
       <c r="GK146"/>
       <c r="GL146"/>
       <c r="GM146"/>
       <c r="GN146"/>
       <c r="GO146"/>
       <c r="GP146"/>
       <c r="GQ146"/>
       <c r="GR146"/>
+      <c r="GS146"/>
     </row>
-    <row r="147" spans="1:200">
-      <c r="B147"/>
+    <row r="147" spans="1:201">
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147"/>
       <c r="I147"/>
       <c r="J147"/>
       <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147"/>
       <c r="R147"/>
       <c r="S147"/>
       <c r="T147"/>
       <c r="U147"/>
       <c r="V147"/>
       <c r="W147"/>
       <c r="X147"/>
       <c r="Y147"/>
       <c r="Z147"/>
       <c r="AA147"/>
@@ -30119,53 +30119,53 @@
       <c r="FT147"/>
       <c r="FU147"/>
       <c r="FV147"/>
       <c r="FW147"/>
       <c r="FX147"/>
       <c r="FY147"/>
       <c r="FZ147"/>
       <c r="GA147"/>
       <c r="GB147"/>
       <c r="GC147"/>
       <c r="GD147"/>
       <c r="GE147"/>
       <c r="GF147"/>
       <c r="GG147"/>
       <c r="GH147"/>
       <c r="GI147"/>
       <c r="GJ147"/>
       <c r="GK147"/>
       <c r="GL147"/>
       <c r="GM147"/>
       <c r="GN147"/>
       <c r="GO147"/>
       <c r="GP147"/>
       <c r="GQ147"/>
       <c r="GR147"/>
+      <c r="GS147"/>
     </row>
-    <row r="148" spans="1:200">
-      <c r="B148"/>
+    <row r="148" spans="1:201">
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148"/>
       <c r="I148"/>
       <c r="J148"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148"/>
       <c r="R148"/>
       <c r="S148"/>
       <c r="T148"/>
       <c r="U148"/>
       <c r="V148"/>
       <c r="W148"/>
       <c r="X148"/>
       <c r="Y148"/>
       <c r="Z148"/>
       <c r="AA148"/>
@@ -30320,53 +30320,53 @@
       <c r="FT148"/>
       <c r="FU148"/>
       <c r="FV148"/>
       <c r="FW148"/>
       <c r="FX148"/>
       <c r="FY148"/>
       <c r="FZ148"/>
       <c r="GA148"/>
       <c r="GB148"/>
       <c r="GC148"/>
       <c r="GD148"/>
       <c r="GE148"/>
       <c r="GF148"/>
       <c r="GG148"/>
       <c r="GH148"/>
       <c r="GI148"/>
       <c r="GJ148"/>
       <c r="GK148"/>
       <c r="GL148"/>
       <c r="GM148"/>
       <c r="GN148"/>
       <c r="GO148"/>
       <c r="GP148"/>
       <c r="GQ148"/>
       <c r="GR148"/>
+      <c r="GS148"/>
     </row>
-    <row r="149" spans="1:200">
-      <c r="B149"/>
+    <row r="149" spans="1:201">
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149"/>
       <c r="I149"/>
       <c r="J149"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149"/>
       <c r="R149"/>
       <c r="S149"/>
       <c r="T149"/>
       <c r="U149"/>
       <c r="V149"/>
       <c r="W149"/>
       <c r="X149"/>
       <c r="Y149"/>
       <c r="Z149"/>
       <c r="AA149"/>
@@ -30521,53 +30521,53 @@
       <c r="FT149"/>
       <c r="FU149"/>
       <c r="FV149"/>
       <c r="FW149"/>
       <c r="FX149"/>
       <c r="FY149"/>
       <c r="FZ149"/>
       <c r="GA149"/>
       <c r="GB149"/>
       <c r="GC149"/>
       <c r="GD149"/>
       <c r="GE149"/>
       <c r="GF149"/>
       <c r="GG149"/>
       <c r="GH149"/>
       <c r="GI149"/>
       <c r="GJ149"/>
       <c r="GK149"/>
       <c r="GL149"/>
       <c r="GM149"/>
       <c r="GN149"/>
       <c r="GO149"/>
       <c r="GP149"/>
       <c r="GQ149"/>
       <c r="GR149"/>
+      <c r="GS149"/>
     </row>
-    <row r="150" spans="1:200">
-      <c r="B150"/>
+    <row r="150" spans="1:201">
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150"/>
       <c r="I150"/>
       <c r="J150"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150"/>
       <c r="R150"/>
       <c r="S150"/>
       <c r="T150"/>
       <c r="U150"/>
       <c r="V150"/>
       <c r="W150"/>
       <c r="X150"/>
       <c r="Y150"/>
       <c r="Z150"/>
       <c r="AA150"/>
@@ -30722,53 +30722,53 @@
       <c r="FT150"/>
       <c r="FU150"/>
       <c r="FV150"/>
       <c r="FW150"/>
       <c r="FX150"/>
       <c r="FY150"/>
       <c r="FZ150"/>
       <c r="GA150"/>
       <c r="GB150"/>
       <c r="GC150"/>
       <c r="GD150"/>
       <c r="GE150"/>
       <c r="GF150"/>
       <c r="GG150"/>
       <c r="GH150"/>
       <c r="GI150"/>
       <c r="GJ150"/>
       <c r="GK150"/>
       <c r="GL150"/>
       <c r="GM150"/>
       <c r="GN150"/>
       <c r="GO150"/>
       <c r="GP150"/>
       <c r="GQ150"/>
       <c r="GR150"/>
+      <c r="GS150"/>
     </row>
-    <row r="151" spans="1:200">
-      <c r="B151"/>
+    <row r="151" spans="1:201">
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
       <c r="I151"/>
       <c r="J151"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151"/>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151"/>
       <c r="U151"/>
       <c r="V151"/>
       <c r="W151"/>
       <c r="X151"/>
       <c r="Y151"/>
       <c r="Z151"/>
       <c r="AA151"/>
@@ -30923,53 +30923,53 @@
       <c r="FT151"/>
       <c r="FU151"/>
       <c r="FV151"/>
       <c r="FW151"/>
       <c r="FX151"/>
       <c r="FY151"/>
       <c r="FZ151"/>
       <c r="GA151"/>
       <c r="GB151"/>
       <c r="GC151"/>
       <c r="GD151"/>
       <c r="GE151"/>
       <c r="GF151"/>
       <c r="GG151"/>
       <c r="GH151"/>
       <c r="GI151"/>
       <c r="GJ151"/>
       <c r="GK151"/>
       <c r="GL151"/>
       <c r="GM151"/>
       <c r="GN151"/>
       <c r="GO151"/>
       <c r="GP151"/>
       <c r="GQ151"/>
       <c r="GR151"/>
+      <c r="GS151"/>
     </row>
-    <row r="152" spans="1:200">
-      <c r="B152"/>
+    <row r="152" spans="1:201">
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152"/>
       <c r="I152"/>
       <c r="J152"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152"/>
       <c r="R152"/>
       <c r="S152"/>
       <c r="T152"/>
       <c r="U152"/>
       <c r="V152"/>
       <c r="W152"/>
       <c r="X152"/>
       <c r="Y152"/>
       <c r="Z152"/>
       <c r="AA152"/>
@@ -31124,53 +31124,53 @@
       <c r="FT152"/>
       <c r="FU152"/>
       <c r="FV152"/>
       <c r="FW152"/>
       <c r="FX152"/>
       <c r="FY152"/>
       <c r="FZ152"/>
       <c r="GA152"/>
       <c r="GB152"/>
       <c r="GC152"/>
       <c r="GD152"/>
       <c r="GE152"/>
       <c r="GF152"/>
       <c r="GG152"/>
       <c r="GH152"/>
       <c r="GI152"/>
       <c r="GJ152"/>
       <c r="GK152"/>
       <c r="GL152"/>
       <c r="GM152"/>
       <c r="GN152"/>
       <c r="GO152"/>
       <c r="GP152"/>
       <c r="GQ152"/>
       <c r="GR152"/>
+      <c r="GS152"/>
     </row>
-    <row r="153" spans="1:200">
-      <c r="B153"/>
+    <row r="153" spans="1:201">
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153"/>
       <c r="I153"/>
       <c r="J153"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153"/>
       <c r="R153"/>
       <c r="S153"/>
       <c r="T153"/>
       <c r="U153"/>
       <c r="V153"/>
       <c r="W153"/>
       <c r="X153"/>
       <c r="Y153"/>
       <c r="Z153"/>
       <c r="AA153"/>
@@ -31325,53 +31325,53 @@
       <c r="FT153"/>
       <c r="FU153"/>
       <c r="FV153"/>
       <c r="FW153"/>
       <c r="FX153"/>
       <c r="FY153"/>
       <c r="FZ153"/>
       <c r="GA153"/>
       <c r="GB153"/>
       <c r="GC153"/>
       <c r="GD153"/>
       <c r="GE153"/>
       <c r="GF153"/>
       <c r="GG153"/>
       <c r="GH153"/>
       <c r="GI153"/>
       <c r="GJ153"/>
       <c r="GK153"/>
       <c r="GL153"/>
       <c r="GM153"/>
       <c r="GN153"/>
       <c r="GO153"/>
       <c r="GP153"/>
       <c r="GQ153"/>
       <c r="GR153"/>
+      <c r="GS153"/>
     </row>
-    <row r="154" spans="1:200">
-      <c r="B154"/>
+    <row r="154" spans="1:201">
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154"/>
       <c r="I154"/>
       <c r="J154"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154"/>
       <c r="Q154"/>
       <c r="R154"/>
       <c r="S154"/>
       <c r="T154"/>
       <c r="U154"/>
       <c r="V154"/>
       <c r="W154"/>
       <c r="X154"/>
       <c r="Y154"/>
       <c r="Z154"/>
       <c r="AA154"/>
@@ -31526,53 +31526,53 @@
       <c r="FT154"/>
       <c r="FU154"/>
       <c r="FV154"/>
       <c r="FW154"/>
       <c r="FX154"/>
       <c r="FY154"/>
       <c r="FZ154"/>
       <c r="GA154"/>
       <c r="GB154"/>
       <c r="GC154"/>
       <c r="GD154"/>
       <c r="GE154"/>
       <c r="GF154"/>
       <c r="GG154"/>
       <c r="GH154"/>
       <c r="GI154"/>
       <c r="GJ154"/>
       <c r="GK154"/>
       <c r="GL154"/>
       <c r="GM154"/>
       <c r="GN154"/>
       <c r="GO154"/>
       <c r="GP154"/>
       <c r="GQ154"/>
       <c r="GR154"/>
+      <c r="GS154"/>
     </row>
-    <row r="155" spans="1:200">
-      <c r="B155"/>
+    <row r="155" spans="1:201">
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155"/>
       <c r="I155"/>
       <c r="J155"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155"/>
       <c r="R155"/>
       <c r="S155"/>
       <c r="T155"/>
       <c r="U155"/>
       <c r="V155"/>
       <c r="W155"/>
       <c r="X155"/>
       <c r="Y155"/>
       <c r="Z155"/>
       <c r="AA155"/>
@@ -31727,53 +31727,53 @@
       <c r="FT155"/>
       <c r="FU155"/>
       <c r="FV155"/>
       <c r="FW155"/>
       <c r="FX155"/>
       <c r="FY155"/>
       <c r="FZ155"/>
       <c r="GA155"/>
       <c r="GB155"/>
       <c r="GC155"/>
       <c r="GD155"/>
       <c r="GE155"/>
       <c r="GF155"/>
       <c r="GG155"/>
       <c r="GH155"/>
       <c r="GI155"/>
       <c r="GJ155"/>
       <c r="GK155"/>
       <c r="GL155"/>
       <c r="GM155"/>
       <c r="GN155"/>
       <c r="GO155"/>
       <c r="GP155"/>
       <c r="GQ155"/>
       <c r="GR155"/>
+      <c r="GS155"/>
     </row>
-    <row r="156" spans="1:200">
-      <c r="B156"/>
+    <row r="156" spans="1:201">
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156"/>
       <c r="I156"/>
       <c r="J156"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156"/>
       <c r="R156"/>
       <c r="S156"/>
       <c r="T156"/>
       <c r="U156"/>
       <c r="V156"/>
       <c r="W156"/>
       <c r="X156"/>
       <c r="Y156"/>
       <c r="Z156"/>
       <c r="AA156"/>
@@ -31928,53 +31928,53 @@
       <c r="FT156"/>
       <c r="FU156"/>
       <c r="FV156"/>
       <c r="FW156"/>
       <c r="FX156"/>
       <c r="FY156"/>
       <c r="FZ156"/>
       <c r="GA156"/>
       <c r="GB156"/>
       <c r="GC156"/>
       <c r="GD156"/>
       <c r="GE156"/>
       <c r="GF156"/>
       <c r="GG156"/>
       <c r="GH156"/>
       <c r="GI156"/>
       <c r="GJ156"/>
       <c r="GK156"/>
       <c r="GL156"/>
       <c r="GM156"/>
       <c r="GN156"/>
       <c r="GO156"/>
       <c r="GP156"/>
       <c r="GQ156"/>
       <c r="GR156"/>
+      <c r="GS156"/>
     </row>
-    <row r="157" spans="1:200">
-      <c r="B157"/>
+    <row r="157" spans="1:201">
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157"/>
       <c r="I157"/>
       <c r="J157"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157"/>
       <c r="R157"/>
       <c r="S157"/>
       <c r="T157"/>
       <c r="U157"/>
       <c r="V157"/>
       <c r="W157"/>
       <c r="X157"/>
       <c r="Y157"/>
       <c r="Z157"/>
       <c r="AA157"/>
@@ -32129,53 +32129,53 @@
       <c r="FT157"/>
       <c r="FU157"/>
       <c r="FV157"/>
       <c r="FW157"/>
       <c r="FX157"/>
       <c r="FY157"/>
       <c r="FZ157"/>
       <c r="GA157"/>
       <c r="GB157"/>
       <c r="GC157"/>
       <c r="GD157"/>
       <c r="GE157"/>
       <c r="GF157"/>
       <c r="GG157"/>
       <c r="GH157"/>
       <c r="GI157"/>
       <c r="GJ157"/>
       <c r="GK157"/>
       <c r="GL157"/>
       <c r="GM157"/>
       <c r="GN157"/>
       <c r="GO157"/>
       <c r="GP157"/>
       <c r="GQ157"/>
       <c r="GR157"/>
+      <c r="GS157"/>
     </row>
-    <row r="158" spans="1:200">
-      <c r="B158"/>
+    <row r="158" spans="1:201">
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158"/>
       <c r="I158"/>
       <c r="J158"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158"/>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158"/>
       <c r="U158"/>
       <c r="V158"/>
       <c r="W158"/>
       <c r="X158"/>
       <c r="Y158"/>
       <c r="Z158"/>
       <c r="AA158"/>
@@ -32330,53 +32330,53 @@
       <c r="FT158"/>
       <c r="FU158"/>
       <c r="FV158"/>
       <c r="FW158"/>
       <c r="FX158"/>
       <c r="FY158"/>
       <c r="FZ158"/>
       <c r="GA158"/>
       <c r="GB158"/>
       <c r="GC158"/>
       <c r="GD158"/>
       <c r="GE158"/>
       <c r="GF158"/>
       <c r="GG158"/>
       <c r="GH158"/>
       <c r="GI158"/>
       <c r="GJ158"/>
       <c r="GK158"/>
       <c r="GL158"/>
       <c r="GM158"/>
       <c r="GN158"/>
       <c r="GO158"/>
       <c r="GP158"/>
       <c r="GQ158"/>
       <c r="GR158"/>
+      <c r="GS158"/>
     </row>
-    <row r="159" spans="1:200">
-      <c r="B159"/>
+    <row r="159" spans="1:201">
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159"/>
       <c r="I159"/>
       <c r="J159"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159"/>
       <c r="Q159"/>
       <c r="R159"/>
       <c r="S159"/>
       <c r="T159"/>
       <c r="U159"/>
       <c r="V159"/>
       <c r="W159"/>
       <c r="X159"/>
       <c r="Y159"/>
       <c r="Z159"/>
       <c r="AA159"/>
@@ -32531,53 +32531,53 @@
       <c r="FT159"/>
       <c r="FU159"/>
       <c r="FV159"/>
       <c r="FW159"/>
       <c r="FX159"/>
       <c r="FY159"/>
       <c r="FZ159"/>
       <c r="GA159"/>
       <c r="GB159"/>
       <c r="GC159"/>
       <c r="GD159"/>
       <c r="GE159"/>
       <c r="GF159"/>
       <c r="GG159"/>
       <c r="GH159"/>
       <c r="GI159"/>
       <c r="GJ159"/>
       <c r="GK159"/>
       <c r="GL159"/>
       <c r="GM159"/>
       <c r="GN159"/>
       <c r="GO159"/>
       <c r="GP159"/>
       <c r="GQ159"/>
       <c r="GR159"/>
+      <c r="GS159"/>
     </row>
-    <row r="160" spans="1:200">
-      <c r="B160"/>
+    <row r="160" spans="1:201">
       <c r="C160"/>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160"/>
       <c r="I160"/>
       <c r="J160"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160"/>
       <c r="R160"/>
       <c r="S160"/>
       <c r="T160"/>
       <c r="U160"/>
       <c r="V160"/>
       <c r="W160"/>
       <c r="X160"/>
       <c r="Y160"/>
       <c r="Z160"/>
       <c r="AA160"/>
@@ -32732,53 +32732,53 @@
       <c r="FT160"/>
       <c r="FU160"/>
       <c r="FV160"/>
       <c r="FW160"/>
       <c r="FX160"/>
       <c r="FY160"/>
       <c r="FZ160"/>
       <c r="GA160"/>
       <c r="GB160"/>
       <c r="GC160"/>
       <c r="GD160"/>
       <c r="GE160"/>
       <c r="GF160"/>
       <c r="GG160"/>
       <c r="GH160"/>
       <c r="GI160"/>
       <c r="GJ160"/>
       <c r="GK160"/>
       <c r="GL160"/>
       <c r="GM160"/>
       <c r="GN160"/>
       <c r="GO160"/>
       <c r="GP160"/>
       <c r="GQ160"/>
       <c r="GR160"/>
+      <c r="GS160"/>
     </row>
-    <row r="161" spans="1:200">
-      <c r="B161"/>
+    <row r="161" spans="1:201">
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161"/>
       <c r="I161"/>
       <c r="J161"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161"/>
       <c r="Q161"/>
       <c r="R161"/>
       <c r="S161"/>
       <c r="T161"/>
       <c r="U161"/>
       <c r="V161"/>
       <c r="W161"/>
       <c r="X161"/>
       <c r="Y161"/>
       <c r="Z161"/>
       <c r="AA161"/>
@@ -32933,53 +32933,53 @@
       <c r="FT161"/>
       <c r="FU161"/>
       <c r="FV161"/>
       <c r="FW161"/>
       <c r="FX161"/>
       <c r="FY161"/>
       <c r="FZ161"/>
       <c r="GA161"/>
       <c r="GB161"/>
       <c r="GC161"/>
       <c r="GD161"/>
       <c r="GE161"/>
       <c r="GF161"/>
       <c r="GG161"/>
       <c r="GH161"/>
       <c r="GI161"/>
       <c r="GJ161"/>
       <c r="GK161"/>
       <c r="GL161"/>
       <c r="GM161"/>
       <c r="GN161"/>
       <c r="GO161"/>
       <c r="GP161"/>
       <c r="GQ161"/>
       <c r="GR161"/>
+      <c r="GS161"/>
     </row>
-    <row r="162" spans="1:200">
-      <c r="B162"/>
+    <row r="162" spans="1:201">
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162"/>
       <c r="I162"/>
       <c r="J162"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162"/>
       <c r="R162"/>
       <c r="S162"/>
       <c r="T162"/>
       <c r="U162"/>
       <c r="V162"/>
       <c r="W162"/>
       <c r="X162"/>
       <c r="Y162"/>
       <c r="Z162"/>
       <c r="AA162"/>
@@ -33134,53 +33134,53 @@
       <c r="FT162"/>
       <c r="FU162"/>
       <c r="FV162"/>
       <c r="FW162"/>
       <c r="FX162"/>
       <c r="FY162"/>
       <c r="FZ162"/>
       <c r="GA162"/>
       <c r="GB162"/>
       <c r="GC162"/>
       <c r="GD162"/>
       <c r="GE162"/>
       <c r="GF162"/>
       <c r="GG162"/>
       <c r="GH162"/>
       <c r="GI162"/>
       <c r="GJ162"/>
       <c r="GK162"/>
       <c r="GL162"/>
       <c r="GM162"/>
       <c r="GN162"/>
       <c r="GO162"/>
       <c r="GP162"/>
       <c r="GQ162"/>
       <c r="GR162"/>
+      <c r="GS162"/>
     </row>
-    <row r="163" spans="1:200">
-      <c r="B163"/>
+    <row r="163" spans="1:201">
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163"/>
       <c r="H163"/>
       <c r="I163"/>
       <c r="J163"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163"/>
       <c r="R163"/>
       <c r="S163"/>
       <c r="T163"/>
       <c r="U163"/>
       <c r="V163"/>
       <c r="W163"/>
       <c r="X163"/>
       <c r="Y163"/>
       <c r="Z163"/>
       <c r="AA163"/>
@@ -33335,53 +33335,53 @@
       <c r="FT163"/>
       <c r="FU163"/>
       <c r="FV163"/>
       <c r="FW163"/>
       <c r="FX163"/>
       <c r="FY163"/>
       <c r="FZ163"/>
       <c r="GA163"/>
       <c r="GB163"/>
       <c r="GC163"/>
       <c r="GD163"/>
       <c r="GE163"/>
       <c r="GF163"/>
       <c r="GG163"/>
       <c r="GH163"/>
       <c r="GI163"/>
       <c r="GJ163"/>
       <c r="GK163"/>
       <c r="GL163"/>
       <c r="GM163"/>
       <c r="GN163"/>
       <c r="GO163"/>
       <c r="GP163"/>
       <c r="GQ163"/>
       <c r="GR163"/>
+      <c r="GS163"/>
     </row>
-    <row r="164" spans="1:200">
-      <c r="B164"/>
+    <row r="164" spans="1:201">
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164"/>
       <c r="I164"/>
       <c r="J164"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164"/>
       <c r="Q164"/>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164"/>
       <c r="V164"/>
       <c r="W164"/>
       <c r="X164"/>
       <c r="Y164"/>
       <c r="Z164"/>
       <c r="AA164"/>
@@ -33536,53 +33536,53 @@
       <c r="FT164"/>
       <c r="FU164"/>
       <c r="FV164"/>
       <c r="FW164"/>
       <c r="FX164"/>
       <c r="FY164"/>
       <c r="FZ164"/>
       <c r="GA164"/>
       <c r="GB164"/>
       <c r="GC164"/>
       <c r="GD164"/>
       <c r="GE164"/>
       <c r="GF164"/>
       <c r="GG164"/>
       <c r="GH164"/>
       <c r="GI164"/>
       <c r="GJ164"/>
       <c r="GK164"/>
       <c r="GL164"/>
       <c r="GM164"/>
       <c r="GN164"/>
       <c r="GO164"/>
       <c r="GP164"/>
       <c r="GQ164"/>
       <c r="GR164"/>
+      <c r="GS164"/>
     </row>
-    <row r="165" spans="1:200">
-      <c r="B165"/>
+    <row r="165" spans="1:201">
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165"/>
       <c r="I165"/>
       <c r="J165"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165"/>
       <c r="R165"/>
       <c r="S165"/>
       <c r="T165"/>
       <c r="U165"/>
       <c r="V165"/>
       <c r="W165"/>
       <c r="X165"/>
       <c r="Y165"/>
       <c r="Z165"/>
       <c r="AA165"/>
@@ -33737,53 +33737,53 @@
       <c r="FT165"/>
       <c r="FU165"/>
       <c r="FV165"/>
       <c r="FW165"/>
       <c r="FX165"/>
       <c r="FY165"/>
       <c r="FZ165"/>
       <c r="GA165"/>
       <c r="GB165"/>
       <c r="GC165"/>
       <c r="GD165"/>
       <c r="GE165"/>
       <c r="GF165"/>
       <c r="GG165"/>
       <c r="GH165"/>
       <c r="GI165"/>
       <c r="GJ165"/>
       <c r="GK165"/>
       <c r="GL165"/>
       <c r="GM165"/>
       <c r="GN165"/>
       <c r="GO165"/>
       <c r="GP165"/>
       <c r="GQ165"/>
       <c r="GR165"/>
+      <c r="GS165"/>
     </row>
-    <row r="166" spans="1:200">
-      <c r="B166"/>
+    <row r="166" spans="1:201">
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166"/>
       <c r="I166"/>
       <c r="J166"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166"/>
       <c r="R166"/>
       <c r="S166"/>
       <c r="T166"/>
       <c r="U166"/>
       <c r="V166"/>
       <c r="W166"/>
       <c r="X166"/>
       <c r="Y166"/>
       <c r="Z166"/>
       <c r="AA166"/>
@@ -33938,53 +33938,53 @@
       <c r="FT166"/>
       <c r="FU166"/>
       <c r="FV166"/>
       <c r="FW166"/>
       <c r="FX166"/>
       <c r="FY166"/>
       <c r="FZ166"/>
       <c r="GA166"/>
       <c r="GB166"/>
       <c r="GC166"/>
       <c r="GD166"/>
       <c r="GE166"/>
       <c r="GF166"/>
       <c r="GG166"/>
       <c r="GH166"/>
       <c r="GI166"/>
       <c r="GJ166"/>
       <c r="GK166"/>
       <c r="GL166"/>
       <c r="GM166"/>
       <c r="GN166"/>
       <c r="GO166"/>
       <c r="GP166"/>
       <c r="GQ166"/>
       <c r="GR166"/>
+      <c r="GS166"/>
     </row>
-    <row r="167" spans="1:200">
-      <c r="B167"/>
+    <row r="167" spans="1:201">
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167"/>
       <c r="I167"/>
       <c r="J167"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167"/>
       <c r="R167"/>
       <c r="S167"/>
       <c r="T167"/>
       <c r="U167"/>
       <c r="V167"/>
       <c r="W167"/>
       <c r="X167"/>
       <c r="Y167"/>
       <c r="Z167"/>
       <c r="AA167"/>
@@ -34139,53 +34139,53 @@
       <c r="FT167"/>
       <c r="FU167"/>
       <c r="FV167"/>
       <c r="FW167"/>
       <c r="FX167"/>
       <c r="FY167"/>
       <c r="FZ167"/>
       <c r="GA167"/>
       <c r="GB167"/>
       <c r="GC167"/>
       <c r="GD167"/>
       <c r="GE167"/>
       <c r="GF167"/>
       <c r="GG167"/>
       <c r="GH167"/>
       <c r="GI167"/>
       <c r="GJ167"/>
       <c r="GK167"/>
       <c r="GL167"/>
       <c r="GM167"/>
       <c r="GN167"/>
       <c r="GO167"/>
       <c r="GP167"/>
       <c r="GQ167"/>
       <c r="GR167"/>
+      <c r="GS167"/>
     </row>
-    <row r="168" spans="1:200">
-      <c r="B168"/>
+    <row r="168" spans="1:201">
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168"/>
       <c r="I168"/>
       <c r="J168"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168"/>
       <c r="Q168"/>
       <c r="R168"/>
       <c r="S168"/>
       <c r="T168"/>
       <c r="U168"/>
       <c r="V168"/>
       <c r="W168"/>
       <c r="X168"/>
       <c r="Y168"/>
       <c r="Z168"/>
       <c r="AA168"/>
@@ -34340,53 +34340,53 @@
       <c r="FT168"/>
       <c r="FU168"/>
       <c r="FV168"/>
       <c r="FW168"/>
       <c r="FX168"/>
       <c r="FY168"/>
       <c r="FZ168"/>
       <c r="GA168"/>
       <c r="GB168"/>
       <c r="GC168"/>
       <c r="GD168"/>
       <c r="GE168"/>
       <c r="GF168"/>
       <c r="GG168"/>
       <c r="GH168"/>
       <c r="GI168"/>
       <c r="GJ168"/>
       <c r="GK168"/>
       <c r="GL168"/>
       <c r="GM168"/>
       <c r="GN168"/>
       <c r="GO168"/>
       <c r="GP168"/>
       <c r="GQ168"/>
       <c r="GR168"/>
+      <c r="GS168"/>
     </row>
-    <row r="169" spans="1:200">
-      <c r="B169"/>
+    <row r="169" spans="1:201">
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169"/>
       <c r="I169"/>
       <c r="J169"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169"/>
       <c r="R169"/>
       <c r="S169"/>
       <c r="T169"/>
       <c r="U169"/>
       <c r="V169"/>
       <c r="W169"/>
       <c r="X169"/>
       <c r="Y169"/>
       <c r="Z169"/>
       <c r="AA169"/>
@@ -34541,53 +34541,53 @@
       <c r="FT169"/>
       <c r="FU169"/>
       <c r="FV169"/>
       <c r="FW169"/>
       <c r="FX169"/>
       <c r="FY169"/>
       <c r="FZ169"/>
       <c r="GA169"/>
       <c r="GB169"/>
       <c r="GC169"/>
       <c r="GD169"/>
       <c r="GE169"/>
       <c r="GF169"/>
       <c r="GG169"/>
       <c r="GH169"/>
       <c r="GI169"/>
       <c r="GJ169"/>
       <c r="GK169"/>
       <c r="GL169"/>
       <c r="GM169"/>
       <c r="GN169"/>
       <c r="GO169"/>
       <c r="GP169"/>
       <c r="GQ169"/>
       <c r="GR169"/>
+      <c r="GS169"/>
     </row>
-    <row r="170" spans="1:200">
-      <c r="B170"/>
+    <row r="170" spans="1:201">
       <c r="C170"/>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170"/>
       <c r="I170"/>
       <c r="J170"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170"/>
       <c r="R170"/>
       <c r="S170"/>
       <c r="T170"/>
       <c r="U170"/>
       <c r="V170"/>
       <c r="W170"/>
       <c r="X170"/>
       <c r="Y170"/>
       <c r="Z170"/>
       <c r="AA170"/>
@@ -34742,53 +34742,53 @@
       <c r="FT170"/>
       <c r="FU170"/>
       <c r="FV170"/>
       <c r="FW170"/>
       <c r="FX170"/>
       <c r="FY170"/>
       <c r="FZ170"/>
       <c r="GA170"/>
       <c r="GB170"/>
       <c r="GC170"/>
       <c r="GD170"/>
       <c r="GE170"/>
       <c r="GF170"/>
       <c r="GG170"/>
       <c r="GH170"/>
       <c r="GI170"/>
       <c r="GJ170"/>
       <c r="GK170"/>
       <c r="GL170"/>
       <c r="GM170"/>
       <c r="GN170"/>
       <c r="GO170"/>
       <c r="GP170"/>
       <c r="GQ170"/>
       <c r="GR170"/>
+      <c r="GS170"/>
     </row>
-    <row r="171" spans="1:200">
-      <c r="B171"/>
+    <row r="171" spans="1:201">
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
       <c r="I171"/>
       <c r="J171"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171"/>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171"/>
       <c r="U171"/>
       <c r="V171"/>
       <c r="W171"/>
       <c r="X171"/>
       <c r="Y171"/>
       <c r="Z171"/>
       <c r="AA171"/>
@@ -34943,53 +34943,53 @@
       <c r="FT171"/>
       <c r="FU171"/>
       <c r="FV171"/>
       <c r="FW171"/>
       <c r="FX171"/>
       <c r="FY171"/>
       <c r="FZ171"/>
       <c r="GA171"/>
       <c r="GB171"/>
       <c r="GC171"/>
       <c r="GD171"/>
       <c r="GE171"/>
       <c r="GF171"/>
       <c r="GG171"/>
       <c r="GH171"/>
       <c r="GI171"/>
       <c r="GJ171"/>
       <c r="GK171"/>
       <c r="GL171"/>
       <c r="GM171"/>
       <c r="GN171"/>
       <c r="GO171"/>
       <c r="GP171"/>
       <c r="GQ171"/>
       <c r="GR171"/>
+      <c r="GS171"/>
     </row>
-    <row r="172" spans="1:200">
-      <c r="B172"/>
+    <row r="172" spans="1:201">
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172"/>
       <c r="I172"/>
       <c r="J172"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172"/>
       <c r="Q172"/>
       <c r="R172"/>
       <c r="S172"/>
       <c r="T172"/>
       <c r="U172"/>
       <c r="V172"/>
       <c r="W172"/>
       <c r="X172"/>
       <c r="Y172"/>
       <c r="Z172"/>
       <c r="AA172"/>
@@ -35144,53 +35144,53 @@
       <c r="FT172"/>
       <c r="FU172"/>
       <c r="FV172"/>
       <c r="FW172"/>
       <c r="FX172"/>
       <c r="FY172"/>
       <c r="FZ172"/>
       <c r="GA172"/>
       <c r="GB172"/>
       <c r="GC172"/>
       <c r="GD172"/>
       <c r="GE172"/>
       <c r="GF172"/>
       <c r="GG172"/>
       <c r="GH172"/>
       <c r="GI172"/>
       <c r="GJ172"/>
       <c r="GK172"/>
       <c r="GL172"/>
       <c r="GM172"/>
       <c r="GN172"/>
       <c r="GO172"/>
       <c r="GP172"/>
       <c r="GQ172"/>
       <c r="GR172"/>
+      <c r="GS172"/>
     </row>
-    <row r="173" spans="1:200">
-      <c r="B173"/>
+    <row r="173" spans="1:201">
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173"/>
       <c r="I173"/>
       <c r="J173"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173"/>
       <c r="R173"/>
       <c r="S173"/>
       <c r="T173"/>
       <c r="U173"/>
       <c r="V173"/>
       <c r="W173"/>
       <c r="X173"/>
       <c r="Y173"/>
       <c r="Z173"/>
       <c r="AA173"/>
@@ -35345,53 +35345,53 @@
       <c r="FT173"/>
       <c r="FU173"/>
       <c r="FV173"/>
       <c r="FW173"/>
       <c r="FX173"/>
       <c r="FY173"/>
       <c r="FZ173"/>
       <c r="GA173"/>
       <c r="GB173"/>
       <c r="GC173"/>
       <c r="GD173"/>
       <c r="GE173"/>
       <c r="GF173"/>
       <c r="GG173"/>
       <c r="GH173"/>
       <c r="GI173"/>
       <c r="GJ173"/>
       <c r="GK173"/>
       <c r="GL173"/>
       <c r="GM173"/>
       <c r="GN173"/>
       <c r="GO173"/>
       <c r="GP173"/>
       <c r="GQ173"/>
       <c r="GR173"/>
+      <c r="GS173"/>
     </row>
-    <row r="174" spans="1:200">
-      <c r="B174"/>
+    <row r="174" spans="1:201">
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
       <c r="I174"/>
       <c r="J174"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174"/>
       <c r="Q174"/>
       <c r="R174"/>
       <c r="S174"/>
       <c r="T174"/>
       <c r="U174"/>
       <c r="V174"/>
       <c r="W174"/>
       <c r="X174"/>
       <c r="Y174"/>
       <c r="Z174"/>
       <c r="AA174"/>
@@ -35546,53 +35546,53 @@
       <c r="FT174"/>
       <c r="FU174"/>
       <c r="FV174"/>
       <c r="FW174"/>
       <c r="FX174"/>
       <c r="FY174"/>
       <c r="FZ174"/>
       <c r="GA174"/>
       <c r="GB174"/>
       <c r="GC174"/>
       <c r="GD174"/>
       <c r="GE174"/>
       <c r="GF174"/>
       <c r="GG174"/>
       <c r="GH174"/>
       <c r="GI174"/>
       <c r="GJ174"/>
       <c r="GK174"/>
       <c r="GL174"/>
       <c r="GM174"/>
       <c r="GN174"/>
       <c r="GO174"/>
       <c r="GP174"/>
       <c r="GQ174"/>
       <c r="GR174"/>
+      <c r="GS174"/>
     </row>
-    <row r="175" spans="1:200">
-      <c r="B175"/>
+    <row r="175" spans="1:201">
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175"/>
       <c r="I175"/>
       <c r="J175"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175"/>
       <c r="R175"/>
       <c r="S175"/>
       <c r="T175"/>
       <c r="U175"/>
       <c r="V175"/>
       <c r="W175"/>
       <c r="X175"/>
       <c r="Y175"/>
       <c r="Z175"/>
       <c r="AA175"/>
@@ -35747,53 +35747,53 @@
       <c r="FT175"/>
       <c r="FU175"/>
       <c r="FV175"/>
       <c r="FW175"/>
       <c r="FX175"/>
       <c r="FY175"/>
       <c r="FZ175"/>
       <c r="GA175"/>
       <c r="GB175"/>
       <c r="GC175"/>
       <c r="GD175"/>
       <c r="GE175"/>
       <c r="GF175"/>
       <c r="GG175"/>
       <c r="GH175"/>
       <c r="GI175"/>
       <c r="GJ175"/>
       <c r="GK175"/>
       <c r="GL175"/>
       <c r="GM175"/>
       <c r="GN175"/>
       <c r="GO175"/>
       <c r="GP175"/>
       <c r="GQ175"/>
       <c r="GR175"/>
+      <c r="GS175"/>
     </row>
-    <row r="176" spans="1:200">
-      <c r="B176"/>
+    <row r="176" spans="1:201">
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
       <c r="I176"/>
       <c r="J176"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176"/>
       <c r="R176"/>
       <c r="S176"/>
       <c r="T176"/>
       <c r="U176"/>
       <c r="V176"/>
       <c r="W176"/>
       <c r="X176"/>
       <c r="Y176"/>
       <c r="Z176"/>
       <c r="AA176"/>
@@ -35948,53 +35948,53 @@
       <c r="FT176"/>
       <c r="FU176"/>
       <c r="FV176"/>
       <c r="FW176"/>
       <c r="FX176"/>
       <c r="FY176"/>
       <c r="FZ176"/>
       <c r="GA176"/>
       <c r="GB176"/>
       <c r="GC176"/>
       <c r="GD176"/>
       <c r="GE176"/>
       <c r="GF176"/>
       <c r="GG176"/>
       <c r="GH176"/>
       <c r="GI176"/>
       <c r="GJ176"/>
       <c r="GK176"/>
       <c r="GL176"/>
       <c r="GM176"/>
       <c r="GN176"/>
       <c r="GO176"/>
       <c r="GP176"/>
       <c r="GQ176"/>
       <c r="GR176"/>
+      <c r="GS176"/>
     </row>
-    <row r="177" spans="1:200">
-      <c r="B177"/>
+    <row r="177" spans="1:201">
       <c r="C177"/>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177"/>
       <c r="I177"/>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177"/>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177"/>
       <c r="V177"/>
       <c r="W177"/>
       <c r="X177"/>
       <c r="Y177"/>
       <c r="Z177"/>
       <c r="AA177"/>
@@ -36149,53 +36149,53 @@
       <c r="FT177"/>
       <c r="FU177"/>
       <c r="FV177"/>
       <c r="FW177"/>
       <c r="FX177"/>
       <c r="FY177"/>
       <c r="FZ177"/>
       <c r="GA177"/>
       <c r="GB177"/>
       <c r="GC177"/>
       <c r="GD177"/>
       <c r="GE177"/>
       <c r="GF177"/>
       <c r="GG177"/>
       <c r="GH177"/>
       <c r="GI177"/>
       <c r="GJ177"/>
       <c r="GK177"/>
       <c r="GL177"/>
       <c r="GM177"/>
       <c r="GN177"/>
       <c r="GO177"/>
       <c r="GP177"/>
       <c r="GQ177"/>
       <c r="GR177"/>
+      <c r="GS177"/>
     </row>
-    <row r="178" spans="1:200">
-      <c r="B178"/>
+    <row r="178" spans="1:201">
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178"/>
       <c r="I178"/>
       <c r="J178"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178"/>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178"/>
       <c r="V178"/>
       <c r="W178"/>
       <c r="X178"/>
       <c r="Y178"/>
       <c r="Z178"/>
       <c r="AA178"/>
@@ -36350,53 +36350,53 @@
       <c r="FT178"/>
       <c r="FU178"/>
       <c r="FV178"/>
       <c r="FW178"/>
       <c r="FX178"/>
       <c r="FY178"/>
       <c r="FZ178"/>
       <c r="GA178"/>
       <c r="GB178"/>
       <c r="GC178"/>
       <c r="GD178"/>
       <c r="GE178"/>
       <c r="GF178"/>
       <c r="GG178"/>
       <c r="GH178"/>
       <c r="GI178"/>
       <c r="GJ178"/>
       <c r="GK178"/>
       <c r="GL178"/>
       <c r="GM178"/>
       <c r="GN178"/>
       <c r="GO178"/>
       <c r="GP178"/>
       <c r="GQ178"/>
       <c r="GR178"/>
+      <c r="GS178"/>
     </row>
-    <row r="179" spans="1:200">
-      <c r="B179"/>
+    <row r="179" spans="1:201">
       <c r="C179"/>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179"/>
       <c r="I179"/>
       <c r="J179"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179"/>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179"/>
       <c r="V179"/>
       <c r="W179"/>
       <c r="X179"/>
       <c r="Y179"/>
       <c r="Z179"/>
       <c r="AA179"/>
@@ -36551,53 +36551,53 @@
       <c r="FT179"/>
       <c r="FU179"/>
       <c r="FV179"/>
       <c r="FW179"/>
       <c r="FX179"/>
       <c r="FY179"/>
       <c r="FZ179"/>
       <c r="GA179"/>
       <c r="GB179"/>
       <c r="GC179"/>
       <c r="GD179"/>
       <c r="GE179"/>
       <c r="GF179"/>
       <c r="GG179"/>
       <c r="GH179"/>
       <c r="GI179"/>
       <c r="GJ179"/>
       <c r="GK179"/>
       <c r="GL179"/>
       <c r="GM179"/>
       <c r="GN179"/>
       <c r="GO179"/>
       <c r="GP179"/>
       <c r="GQ179"/>
       <c r="GR179"/>
+      <c r="GS179"/>
     </row>
-    <row r="180" spans="1:200">
-      <c r="B180"/>
+    <row r="180" spans="1:201">
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
       <c r="I180"/>
       <c r="J180"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180"/>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180"/>
       <c r="V180"/>
       <c r="W180"/>
       <c r="X180"/>
       <c r="Y180"/>
       <c r="Z180"/>
       <c r="AA180"/>
@@ -36752,53 +36752,53 @@
       <c r="FT180"/>
       <c r="FU180"/>
       <c r="FV180"/>
       <c r="FW180"/>
       <c r="FX180"/>
       <c r="FY180"/>
       <c r="FZ180"/>
       <c r="GA180"/>
       <c r="GB180"/>
       <c r="GC180"/>
       <c r="GD180"/>
       <c r="GE180"/>
       <c r="GF180"/>
       <c r="GG180"/>
       <c r="GH180"/>
       <c r="GI180"/>
       <c r="GJ180"/>
       <c r="GK180"/>
       <c r="GL180"/>
       <c r="GM180"/>
       <c r="GN180"/>
       <c r="GO180"/>
       <c r="GP180"/>
       <c r="GQ180"/>
       <c r="GR180"/>
+      <c r="GS180"/>
     </row>
-    <row r="181" spans="1:200">
-      <c r="B181"/>
+    <row r="181" spans="1:201">
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
       <c r="I181"/>
       <c r="J181"/>
       <c r="K181"/>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181"/>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181"/>
       <c r="V181"/>
       <c r="W181"/>
       <c r="X181"/>
       <c r="Y181"/>
       <c r="Z181"/>
       <c r="AA181"/>
@@ -36953,53 +36953,53 @@
       <c r="FT181"/>
       <c r="FU181"/>
       <c r="FV181"/>
       <c r="FW181"/>
       <c r="FX181"/>
       <c r="FY181"/>
       <c r="FZ181"/>
       <c r="GA181"/>
       <c r="GB181"/>
       <c r="GC181"/>
       <c r="GD181"/>
       <c r="GE181"/>
       <c r="GF181"/>
       <c r="GG181"/>
       <c r="GH181"/>
       <c r="GI181"/>
       <c r="GJ181"/>
       <c r="GK181"/>
       <c r="GL181"/>
       <c r="GM181"/>
       <c r="GN181"/>
       <c r="GO181"/>
       <c r="GP181"/>
       <c r="GQ181"/>
       <c r="GR181"/>
+      <c r="GS181"/>
     </row>
-    <row r="182" spans="1:200">
-      <c r="B182"/>
+    <row r="182" spans="1:201">
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
       <c r="I182"/>
       <c r="J182"/>
       <c r="K182"/>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182"/>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182"/>
       <c r="U182"/>
       <c r="V182"/>
       <c r="W182"/>
       <c r="X182"/>
       <c r="Y182"/>
       <c r="Z182"/>
       <c r="AA182"/>
@@ -37154,53 +37154,53 @@
       <c r="FT182"/>
       <c r="FU182"/>
       <c r="FV182"/>
       <c r="FW182"/>
       <c r="FX182"/>
       <c r="FY182"/>
       <c r="FZ182"/>
       <c r="GA182"/>
       <c r="GB182"/>
       <c r="GC182"/>
       <c r="GD182"/>
       <c r="GE182"/>
       <c r="GF182"/>
       <c r="GG182"/>
       <c r="GH182"/>
       <c r="GI182"/>
       <c r="GJ182"/>
       <c r="GK182"/>
       <c r="GL182"/>
       <c r="GM182"/>
       <c r="GN182"/>
       <c r="GO182"/>
       <c r="GP182"/>
       <c r="GQ182"/>
       <c r="GR182"/>
+      <c r="GS182"/>
     </row>
-    <row r="183" spans="1:200">
-      <c r="B183"/>
+    <row r="183" spans="1:201">
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
       <c r="I183"/>
       <c r="J183"/>
       <c r="K183"/>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183"/>
       <c r="R183"/>
       <c r="S183"/>
       <c r="T183"/>
       <c r="U183"/>
       <c r="V183"/>
       <c r="W183"/>
       <c r="X183"/>
       <c r="Y183"/>
       <c r="Z183"/>
       <c r="AA183"/>
@@ -37355,53 +37355,53 @@
       <c r="FT183"/>
       <c r="FU183"/>
       <c r="FV183"/>
       <c r="FW183"/>
       <c r="FX183"/>
       <c r="FY183"/>
       <c r="FZ183"/>
       <c r="GA183"/>
       <c r="GB183"/>
       <c r="GC183"/>
       <c r="GD183"/>
       <c r="GE183"/>
       <c r="GF183"/>
       <c r="GG183"/>
       <c r="GH183"/>
       <c r="GI183"/>
       <c r="GJ183"/>
       <c r="GK183"/>
       <c r="GL183"/>
       <c r="GM183"/>
       <c r="GN183"/>
       <c r="GO183"/>
       <c r="GP183"/>
       <c r="GQ183"/>
       <c r="GR183"/>
+      <c r="GS183"/>
     </row>
-    <row r="184" spans="1:200">
-      <c r="B184"/>
+    <row r="184" spans="1:201">
       <c r="C184"/>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184"/>
       <c r="I184"/>
       <c r="J184"/>
       <c r="K184"/>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184"/>
       <c r="R184"/>
       <c r="S184"/>
       <c r="T184"/>
       <c r="U184"/>
       <c r="V184"/>
       <c r="W184"/>
       <c r="X184"/>
       <c r="Y184"/>
       <c r="Z184"/>
       <c r="AA184"/>
@@ -37556,53 +37556,53 @@
       <c r="FT184"/>
       <c r="FU184"/>
       <c r="FV184"/>
       <c r="FW184"/>
       <c r="FX184"/>
       <c r="FY184"/>
       <c r="FZ184"/>
       <c r="GA184"/>
       <c r="GB184"/>
       <c r="GC184"/>
       <c r="GD184"/>
       <c r="GE184"/>
       <c r="GF184"/>
       <c r="GG184"/>
       <c r="GH184"/>
       <c r="GI184"/>
       <c r="GJ184"/>
       <c r="GK184"/>
       <c r="GL184"/>
       <c r="GM184"/>
       <c r="GN184"/>
       <c r="GO184"/>
       <c r="GP184"/>
       <c r="GQ184"/>
       <c r="GR184"/>
+      <c r="GS184"/>
     </row>
-    <row r="185" spans="1:200">
-      <c r="B185"/>
+    <row r="185" spans="1:201">
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185"/>
       <c r="I185"/>
       <c r="J185"/>
       <c r="K185"/>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185"/>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185"/>
       <c r="U185"/>
       <c r="V185"/>
       <c r="W185"/>
       <c r="X185"/>
       <c r="Y185"/>
       <c r="Z185"/>
       <c r="AA185"/>
@@ -37757,53 +37757,53 @@
       <c r="FT185"/>
       <c r="FU185"/>
       <c r="FV185"/>
       <c r="FW185"/>
       <c r="FX185"/>
       <c r="FY185"/>
       <c r="FZ185"/>
       <c r="GA185"/>
       <c r="GB185"/>
       <c r="GC185"/>
       <c r="GD185"/>
       <c r="GE185"/>
       <c r="GF185"/>
       <c r="GG185"/>
       <c r="GH185"/>
       <c r="GI185"/>
       <c r="GJ185"/>
       <c r="GK185"/>
       <c r="GL185"/>
       <c r="GM185"/>
       <c r="GN185"/>
       <c r="GO185"/>
       <c r="GP185"/>
       <c r="GQ185"/>
       <c r="GR185"/>
+      <c r="GS185"/>
     </row>
-    <row r="186" spans="1:200">
-      <c r="B186"/>
+    <row r="186" spans="1:201">
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186"/>
       <c r="I186"/>
       <c r="J186"/>
       <c r="K186"/>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186"/>
       <c r="R186"/>
       <c r="S186"/>
       <c r="T186"/>
       <c r="U186"/>
       <c r="V186"/>
       <c r="W186"/>
       <c r="X186"/>
       <c r="Y186"/>
       <c r="Z186"/>
       <c r="AA186"/>
@@ -37958,53 +37958,53 @@
       <c r="FT186"/>
       <c r="FU186"/>
       <c r="FV186"/>
       <c r="FW186"/>
       <c r="FX186"/>
       <c r="FY186"/>
       <c r="FZ186"/>
       <c r="GA186"/>
       <c r="GB186"/>
       <c r="GC186"/>
       <c r="GD186"/>
       <c r="GE186"/>
       <c r="GF186"/>
       <c r="GG186"/>
       <c r="GH186"/>
       <c r="GI186"/>
       <c r="GJ186"/>
       <c r="GK186"/>
       <c r="GL186"/>
       <c r="GM186"/>
       <c r="GN186"/>
       <c r="GO186"/>
       <c r="GP186"/>
       <c r="GQ186"/>
       <c r="GR186"/>
+      <c r="GS186"/>
     </row>
-    <row r="187" spans="1:200">
-      <c r="B187"/>
+    <row r="187" spans="1:201">
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
       <c r="I187"/>
       <c r="J187"/>
       <c r="K187"/>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187"/>
       <c r="R187"/>
       <c r="S187"/>
       <c r="T187"/>
       <c r="U187"/>
       <c r="V187"/>
       <c r="W187"/>
       <c r="X187"/>
       <c r="Y187"/>
       <c r="Z187"/>
       <c r="AA187"/>
@@ -38159,53 +38159,53 @@
       <c r="FT187"/>
       <c r="FU187"/>
       <c r="FV187"/>
       <c r="FW187"/>
       <c r="FX187"/>
       <c r="FY187"/>
       <c r="FZ187"/>
       <c r="GA187"/>
       <c r="GB187"/>
       <c r="GC187"/>
       <c r="GD187"/>
       <c r="GE187"/>
       <c r="GF187"/>
       <c r="GG187"/>
       <c r="GH187"/>
       <c r="GI187"/>
       <c r="GJ187"/>
       <c r="GK187"/>
       <c r="GL187"/>
       <c r="GM187"/>
       <c r="GN187"/>
       <c r="GO187"/>
       <c r="GP187"/>
       <c r="GQ187"/>
       <c r="GR187"/>
+      <c r="GS187"/>
     </row>
-    <row r="188" spans="1:200">
-      <c r="B188"/>
+    <row r="188" spans="1:201">
       <c r="C188"/>
       <c r="D188"/>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188"/>
       <c r="I188"/>
       <c r="J188"/>
       <c r="K188"/>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188"/>
       <c r="R188"/>
       <c r="S188"/>
       <c r="T188"/>
       <c r="U188"/>
       <c r="V188"/>
       <c r="W188"/>
       <c r="X188"/>
       <c r="Y188"/>
       <c r="Z188"/>
       <c r="AA188"/>
@@ -38360,53 +38360,53 @@
       <c r="FT188"/>
       <c r="FU188"/>
       <c r="FV188"/>
       <c r="FW188"/>
       <c r="FX188"/>
       <c r="FY188"/>
       <c r="FZ188"/>
       <c r="GA188"/>
       <c r="GB188"/>
       <c r="GC188"/>
       <c r="GD188"/>
       <c r="GE188"/>
       <c r="GF188"/>
       <c r="GG188"/>
       <c r="GH188"/>
       <c r="GI188"/>
       <c r="GJ188"/>
       <c r="GK188"/>
       <c r="GL188"/>
       <c r="GM188"/>
       <c r="GN188"/>
       <c r="GO188"/>
       <c r="GP188"/>
       <c r="GQ188"/>
       <c r="GR188"/>
+      <c r="GS188"/>
     </row>
-    <row r="189" spans="1:200">
-      <c r="B189"/>
+    <row r="189" spans="1:201">
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189"/>
       <c r="I189"/>
       <c r="J189"/>
       <c r="K189"/>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189"/>
       <c r="R189"/>
       <c r="S189"/>
       <c r="T189"/>
       <c r="U189"/>
       <c r="V189"/>
       <c r="W189"/>
       <c r="X189"/>
       <c r="Y189"/>
       <c r="Z189"/>
       <c r="AA189"/>
@@ -38561,53 +38561,53 @@
       <c r="FT189"/>
       <c r="FU189"/>
       <c r="FV189"/>
       <c r="FW189"/>
       <c r="FX189"/>
       <c r="FY189"/>
       <c r="FZ189"/>
       <c r="GA189"/>
       <c r="GB189"/>
       <c r="GC189"/>
       <c r="GD189"/>
       <c r="GE189"/>
       <c r="GF189"/>
       <c r="GG189"/>
       <c r="GH189"/>
       <c r="GI189"/>
       <c r="GJ189"/>
       <c r="GK189"/>
       <c r="GL189"/>
       <c r="GM189"/>
       <c r="GN189"/>
       <c r="GO189"/>
       <c r="GP189"/>
       <c r="GQ189"/>
       <c r="GR189"/>
+      <c r="GS189"/>
     </row>
-    <row r="190" spans="1:200">
-      <c r="B190"/>
+    <row r="190" spans="1:201">
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190"/>
       <c r="I190"/>
       <c r="J190"/>
       <c r="K190"/>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190"/>
       <c r="R190"/>
       <c r="S190"/>
       <c r="T190"/>
       <c r="U190"/>
       <c r="V190"/>
       <c r="W190"/>
       <c r="X190"/>
       <c r="Y190"/>
       <c r="Z190"/>
       <c r="AA190"/>
@@ -38762,53 +38762,53 @@
       <c r="FT190"/>
       <c r="FU190"/>
       <c r="FV190"/>
       <c r="FW190"/>
       <c r="FX190"/>
       <c r="FY190"/>
       <c r="FZ190"/>
       <c r="GA190"/>
       <c r="GB190"/>
       <c r="GC190"/>
       <c r="GD190"/>
       <c r="GE190"/>
       <c r="GF190"/>
       <c r="GG190"/>
       <c r="GH190"/>
       <c r="GI190"/>
       <c r="GJ190"/>
       <c r="GK190"/>
       <c r="GL190"/>
       <c r="GM190"/>
       <c r="GN190"/>
       <c r="GO190"/>
       <c r="GP190"/>
       <c r="GQ190"/>
       <c r="GR190"/>
+      <c r="GS190"/>
     </row>
-    <row r="191" spans="1:200">
-      <c r="B191"/>
+    <row r="191" spans="1:201">
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191"/>
       <c r="I191"/>
       <c r="J191"/>
       <c r="K191"/>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191"/>
       <c r="R191"/>
       <c r="S191"/>
       <c r="T191"/>
       <c r="U191"/>
       <c r="V191"/>
       <c r="W191"/>
       <c r="X191"/>
       <c r="Y191"/>
       <c r="Z191"/>
       <c r="AA191"/>
@@ -38963,53 +38963,53 @@
       <c r="FT191"/>
       <c r="FU191"/>
       <c r="FV191"/>
       <c r="FW191"/>
       <c r="FX191"/>
       <c r="FY191"/>
       <c r="FZ191"/>
       <c r="GA191"/>
       <c r="GB191"/>
       <c r="GC191"/>
       <c r="GD191"/>
       <c r="GE191"/>
       <c r="GF191"/>
       <c r="GG191"/>
       <c r="GH191"/>
       <c r="GI191"/>
       <c r="GJ191"/>
       <c r="GK191"/>
       <c r="GL191"/>
       <c r="GM191"/>
       <c r="GN191"/>
       <c r="GO191"/>
       <c r="GP191"/>
       <c r="GQ191"/>
       <c r="GR191"/>
+      <c r="GS191"/>
     </row>
-    <row r="192" spans="1:200">
-      <c r="B192"/>
+    <row r="192" spans="1:201">
       <c r="C192"/>
       <c r="D192"/>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192"/>
       <c r="I192"/>
       <c r="J192"/>
       <c r="K192"/>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192"/>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192"/>
       <c r="V192"/>
       <c r="W192"/>
       <c r="X192"/>
       <c r="Y192"/>
       <c r="Z192"/>
       <c r="AA192"/>
@@ -39164,53 +39164,53 @@
       <c r="FT192"/>
       <c r="FU192"/>
       <c r="FV192"/>
       <c r="FW192"/>
       <c r="FX192"/>
       <c r="FY192"/>
       <c r="FZ192"/>
       <c r="GA192"/>
       <c r="GB192"/>
       <c r="GC192"/>
       <c r="GD192"/>
       <c r="GE192"/>
       <c r="GF192"/>
       <c r="GG192"/>
       <c r="GH192"/>
       <c r="GI192"/>
       <c r="GJ192"/>
       <c r="GK192"/>
       <c r="GL192"/>
       <c r="GM192"/>
       <c r="GN192"/>
       <c r="GO192"/>
       <c r="GP192"/>
       <c r="GQ192"/>
       <c r="GR192"/>
+      <c r="GS192"/>
     </row>
-    <row r="193" spans="1:200">
-      <c r="B193"/>
+    <row r="193" spans="1:201">
       <c r="C193"/>
       <c r="D193"/>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193"/>
       <c r="I193"/>
       <c r="J193"/>
       <c r="K193"/>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193"/>
       <c r="R193"/>
       <c r="S193"/>
       <c r="T193"/>
       <c r="U193"/>
       <c r="V193"/>
       <c r="W193"/>
       <c r="X193"/>
       <c r="Y193"/>
       <c r="Z193"/>
       <c r="AA193"/>
@@ -39365,53 +39365,53 @@
       <c r="FT193"/>
       <c r="FU193"/>
       <c r="FV193"/>
       <c r="FW193"/>
       <c r="FX193"/>
       <c r="FY193"/>
       <c r="FZ193"/>
       <c r="GA193"/>
       <c r="GB193"/>
       <c r="GC193"/>
       <c r="GD193"/>
       <c r="GE193"/>
       <c r="GF193"/>
       <c r="GG193"/>
       <c r="GH193"/>
       <c r="GI193"/>
       <c r="GJ193"/>
       <c r="GK193"/>
       <c r="GL193"/>
       <c r="GM193"/>
       <c r="GN193"/>
       <c r="GO193"/>
       <c r="GP193"/>
       <c r="GQ193"/>
       <c r="GR193"/>
+      <c r="GS193"/>
     </row>
-    <row r="194" spans="1:200">
-      <c r="B194"/>
+    <row r="194" spans="1:201">
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194"/>
       <c r="I194"/>
       <c r="J194"/>
       <c r="K194"/>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194"/>
       <c r="R194"/>
       <c r="S194"/>
       <c r="T194"/>
       <c r="U194"/>
       <c r="V194"/>
       <c r="W194"/>
       <c r="X194"/>
       <c r="Y194"/>
       <c r="Z194"/>
       <c r="AA194"/>
@@ -39566,53 +39566,53 @@
       <c r="FT194"/>
       <c r="FU194"/>
       <c r="FV194"/>
       <c r="FW194"/>
       <c r="FX194"/>
       <c r="FY194"/>
       <c r="FZ194"/>
       <c r="GA194"/>
       <c r="GB194"/>
       <c r="GC194"/>
       <c r="GD194"/>
       <c r="GE194"/>
       <c r="GF194"/>
       <c r="GG194"/>
       <c r="GH194"/>
       <c r="GI194"/>
       <c r="GJ194"/>
       <c r="GK194"/>
       <c r="GL194"/>
       <c r="GM194"/>
       <c r="GN194"/>
       <c r="GO194"/>
       <c r="GP194"/>
       <c r="GQ194"/>
       <c r="GR194"/>
+      <c r="GS194"/>
     </row>
-    <row r="195" spans="1:200">
-      <c r="B195"/>
+    <row r="195" spans="1:201">
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195"/>
       <c r="I195"/>
       <c r="J195"/>
       <c r="K195"/>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195"/>
       <c r="R195"/>
       <c r="S195"/>
       <c r="T195"/>
       <c r="U195"/>
       <c r="V195"/>
       <c r="W195"/>
       <c r="X195"/>
       <c r="Y195"/>
       <c r="Z195"/>
       <c r="AA195"/>
@@ -39767,53 +39767,53 @@
       <c r="FT195"/>
       <c r="FU195"/>
       <c r="FV195"/>
       <c r="FW195"/>
       <c r="FX195"/>
       <c r="FY195"/>
       <c r="FZ195"/>
       <c r="GA195"/>
       <c r="GB195"/>
       <c r="GC195"/>
       <c r="GD195"/>
       <c r="GE195"/>
       <c r="GF195"/>
       <c r="GG195"/>
       <c r="GH195"/>
       <c r="GI195"/>
       <c r="GJ195"/>
       <c r="GK195"/>
       <c r="GL195"/>
       <c r="GM195"/>
       <c r="GN195"/>
       <c r="GO195"/>
       <c r="GP195"/>
       <c r="GQ195"/>
       <c r="GR195"/>
+      <c r="GS195"/>
     </row>
-    <row r="196" spans="1:200">
-      <c r="B196"/>
+    <row r="196" spans="1:201">
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196"/>
       <c r="I196"/>
       <c r="J196"/>
       <c r="K196"/>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196"/>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196"/>
       <c r="V196"/>
       <c r="W196"/>
       <c r="X196"/>
       <c r="Y196"/>
       <c r="Z196"/>
       <c r="AA196"/>
@@ -39968,53 +39968,53 @@
       <c r="FT196"/>
       <c r="FU196"/>
       <c r="FV196"/>
       <c r="FW196"/>
       <c r="FX196"/>
       <c r="FY196"/>
       <c r="FZ196"/>
       <c r="GA196"/>
       <c r="GB196"/>
       <c r="GC196"/>
       <c r="GD196"/>
       <c r="GE196"/>
       <c r="GF196"/>
       <c r="GG196"/>
       <c r="GH196"/>
       <c r="GI196"/>
       <c r="GJ196"/>
       <c r="GK196"/>
       <c r="GL196"/>
       <c r="GM196"/>
       <c r="GN196"/>
       <c r="GO196"/>
       <c r="GP196"/>
       <c r="GQ196"/>
       <c r="GR196"/>
+      <c r="GS196"/>
     </row>
-    <row r="197" spans="1:200">
-      <c r="B197"/>
+    <row r="197" spans="1:201">
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197"/>
       <c r="I197"/>
       <c r="J197"/>
       <c r="K197"/>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197"/>
       <c r="R197"/>
       <c r="S197"/>
       <c r="T197"/>
       <c r="U197"/>
       <c r="V197"/>
       <c r="W197"/>
       <c r="X197"/>
       <c r="Y197"/>
       <c r="Z197"/>
       <c r="AA197"/>
@@ -40169,53 +40169,53 @@
       <c r="FT197"/>
       <c r="FU197"/>
       <c r="FV197"/>
       <c r="FW197"/>
       <c r="FX197"/>
       <c r="FY197"/>
       <c r="FZ197"/>
       <c r="GA197"/>
       <c r="GB197"/>
       <c r="GC197"/>
       <c r="GD197"/>
       <c r="GE197"/>
       <c r="GF197"/>
       <c r="GG197"/>
       <c r="GH197"/>
       <c r="GI197"/>
       <c r="GJ197"/>
       <c r="GK197"/>
       <c r="GL197"/>
       <c r="GM197"/>
       <c r="GN197"/>
       <c r="GO197"/>
       <c r="GP197"/>
       <c r="GQ197"/>
       <c r="GR197"/>
+      <c r="GS197"/>
     </row>
-    <row r="198" spans="1:200">
-      <c r="B198"/>
+    <row r="198" spans="1:201">
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198"/>
       <c r="I198"/>
       <c r="J198"/>
       <c r="K198"/>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198"/>
       <c r="R198"/>
       <c r="S198"/>
       <c r="T198"/>
       <c r="U198"/>
       <c r="V198"/>
       <c r="W198"/>
       <c r="X198"/>
       <c r="Y198"/>
       <c r="Z198"/>
       <c r="AA198"/>
@@ -40370,53 +40370,53 @@
       <c r="FT198"/>
       <c r="FU198"/>
       <c r="FV198"/>
       <c r="FW198"/>
       <c r="FX198"/>
       <c r="FY198"/>
       <c r="FZ198"/>
       <c r="GA198"/>
       <c r="GB198"/>
       <c r="GC198"/>
       <c r="GD198"/>
       <c r="GE198"/>
       <c r="GF198"/>
       <c r="GG198"/>
       <c r="GH198"/>
       <c r="GI198"/>
       <c r="GJ198"/>
       <c r="GK198"/>
       <c r="GL198"/>
       <c r="GM198"/>
       <c r="GN198"/>
       <c r="GO198"/>
       <c r="GP198"/>
       <c r="GQ198"/>
       <c r="GR198"/>
+      <c r="GS198"/>
     </row>
-    <row r="199" spans="1:200">
-      <c r="B199"/>
+    <row r="199" spans="1:201">
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199"/>
       <c r="I199"/>
       <c r="J199"/>
       <c r="K199"/>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199"/>
       <c r="R199"/>
       <c r="S199"/>
       <c r="T199"/>
       <c r="U199"/>
       <c r="V199"/>
       <c r="W199"/>
       <c r="X199"/>
       <c r="Y199"/>
       <c r="Z199"/>
       <c r="AA199"/>
@@ -40571,53 +40571,53 @@
       <c r="FT199"/>
       <c r="FU199"/>
       <c r="FV199"/>
       <c r="FW199"/>
       <c r="FX199"/>
       <c r="FY199"/>
       <c r="FZ199"/>
       <c r="GA199"/>
       <c r="GB199"/>
       <c r="GC199"/>
       <c r="GD199"/>
       <c r="GE199"/>
       <c r="GF199"/>
       <c r="GG199"/>
       <c r="GH199"/>
       <c r="GI199"/>
       <c r="GJ199"/>
       <c r="GK199"/>
       <c r="GL199"/>
       <c r="GM199"/>
       <c r="GN199"/>
       <c r="GO199"/>
       <c r="GP199"/>
       <c r="GQ199"/>
       <c r="GR199"/>
+      <c r="GS199"/>
     </row>
-    <row r="200" spans="1:200">
-      <c r="B200"/>
+    <row r="200" spans="1:201">
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200"/>
       <c r="I200"/>
       <c r="J200"/>
       <c r="K200"/>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200"/>
       <c r="R200"/>
       <c r="S200"/>
       <c r="T200"/>
       <c r="U200"/>
       <c r="V200"/>
       <c r="W200"/>
       <c r="X200"/>
       <c r="Y200"/>
       <c r="Z200"/>
       <c r="AA200"/>
@@ -40772,50 +40772,51 @@
       <c r="FT200"/>
       <c r="FU200"/>
       <c r="FV200"/>
       <c r="FW200"/>
       <c r="FX200"/>
       <c r="FY200"/>
       <c r="FZ200"/>
       <c r="GA200"/>
       <c r="GB200"/>
       <c r="GC200"/>
       <c r="GD200"/>
       <c r="GE200"/>
       <c r="GF200"/>
       <c r="GG200"/>
       <c r="GH200"/>
       <c r="GI200"/>
       <c r="GJ200"/>
       <c r="GK200"/>
       <c r="GL200"/>
       <c r="GM200"/>
       <c r="GN200"/>
       <c r="GO200"/>
       <c r="GP200"/>
       <c r="GQ200"/>
       <c r="GR200"/>
+      <c r="GS200"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">